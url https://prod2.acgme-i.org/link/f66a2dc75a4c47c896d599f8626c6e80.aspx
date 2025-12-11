--- v0 (2025-10-13)
+++ v1 (2025-12-11)
@@ -1,116 +1,120 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26529"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29523"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://acgme.sharepoint.com/sites/MUAPsandGME/Shared Documents/Rural Track Program Designation Project/Web Resources/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\lmcdougal\ACGME\MUA P and GME - Documents\MUAP Web Content Drafts\Web Documents\FINAL - for posting\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="54" documentId="8_{18300450-E4F0-4DF6-B97C-16FBA3737CBF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B4EB6663-70D0-48ED-AA8D-4DA00F4C436D}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{744D359C-99DF-4F55-B2B2-885EC58FC88D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-103" yWindow="-103" windowWidth="19543" windowHeight="12497" tabRatio="997" xr2:uid="{A89BC7A2-24C2-40A5-BFCD-128E5C1F4201}"/>
+    <workbookView xWindow="37320" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="997" xr2:uid="{A89BC7A2-24C2-40A5-BFCD-128E5C1F4201}"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions" sheetId="8" r:id="rId1"/>
     <sheet name="1-year program (4-week)" sheetId="13" r:id="rId2"/>
     <sheet name="1-year program (monthly)" sheetId="14" r:id="rId3"/>
     <sheet name="2-year program (4-week)" sheetId="11" r:id="rId4"/>
     <sheet name="2-year program (monthly)" sheetId="12" r:id="rId5"/>
     <sheet name="3-year program (4-week)" sheetId="5" r:id="rId6"/>
     <sheet name="3-year program (monthly)" sheetId="2" r:id="rId7"/>
     <sheet name="4-year program (4-week)" sheetId="6" r:id="rId8"/>
     <sheet name="4-year program (monthly)" sheetId="3" r:id="rId9"/>
     <sheet name="5-year program (4-week)" sheetId="7" r:id="rId10"/>
     <sheet name="5-year program (monthly)" sheetId="1" r:id="rId11"/>
     <sheet name="How to remove sites" sheetId="10" r:id="rId12"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'1-year program (4-week)'!$A$1:$O$45</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'1-year program (monthly)'!$A$1:$N$45</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'2-year program (4-week)'!$A$1:$O$60</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'2-year program (monthly)'!$A$1:$N$60</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">'3-year program (4-week)'!$A$1:$O$75</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">'3-year program (monthly)'!$A$1:$N$75</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="7">'4-year program (4-week)'!$A$1:$O$90</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="8">'4-year program (monthly)'!$A$1:$N$90</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="9">'5-year program (4-week)'!$A$1:$O$105</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="10">'5-year program (monthly)'!$A$1:$N$105</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="11">'How to remove sites'!$A$1:$S$192</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Instructions!$A$1:$E$37</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="I31" i="14" l="1"/>
   <c r="H31" i="14"/>
   <c r="G31" i="14"/>
   <c r="F31" i="14"/>
   <c r="E31" i="14"/>
   <c r="D31" i="14"/>
   <c r="C31" i="14"/>
   <c r="B31" i="14"/>
   <c r="M29" i="14"/>
   <c r="L29" i="14"/>
   <c r="K29" i="14"/>
   <c r="J29" i="14"/>
   <c r="I29" i="14"/>
   <c r="H29" i="14"/>
   <c r="G29" i="14"/>
   <c r="F29" i="14"/>
   <c r="E29" i="14"/>
@@ -1414,408 +1418,441 @@
   <c r="B93" i="7"/>
   <c r="D93" i="7"/>
   <c r="F93" i="7"/>
   <c r="H93" i="7"/>
   <c r="E93" i="7"/>
   <c r="D93" i="1"/>
   <c r="E93" i="1"/>
   <c r="B93" i="1"/>
   <c r="J93" i="1"/>
   <c r="I93" i="1"/>
   <c r="F93" i="1"/>
   <c r="H93" i="1"/>
   <c r="G93" i="1"/>
   <c r="C93" i="1"/>
   <c r="K48" i="11" l="1"/>
   <c r="K63" i="5"/>
   <c r="K78" i="6"/>
   <c r="K63" i="2"/>
   <c r="K78" i="3"/>
   <c r="K93" i="7"/>
   <c r="K93" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="570" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="570" uniqueCount="95">
   <si>
-    <t>YEAR 1</t>
-[...116 lines deleted...]
-    <t>12 monthly rotations</t>
+    <t>ACGME Rural Track Program Rotation Information Form Instructions</t>
   </si>
   <si>
     <t>Quick Links</t>
   </si>
   <si>
-    <t>Complete the following steps on the selected template:</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">• </t>
   </si>
   <si>
-    <t>ACGME Rural Track Program Rotation Information Form Instructions</t>
-[...5 lines deleted...]
-    <t>How to Remove Sites from the ACGME RTP Rotation Information Form</t>
+    <t>Programs seeking an ACGME Rural Track Program (RTP) designation* must complete an RTP Rotation Information Form in addition to the block diagram. The block diagram should be uploaded as a separate document. Block diagram instructions can be found on the Documents and Resources page of the relevant specialty section of the ACGME website or in the Sites section of the program application in the Accreditation Data System (ADS).</t>
   </si>
   <si>
     <t xml:space="preserve">The Rotation Information Form shows the rotations a resident/fellow would have in a given year; it does not represent the order in which they occur. </t>
-  </si>
-[...79 lines deleted...]
-    <t>Programs seeking an ACGME Rural Track Program (RTP) designation* must complete an RTP Rotation Information Form in addition to the block diagram. The block diagram should be uploaded as a separate document. Block diagram instructions can be found on the Documents and Resources page of the relevant specialty section of the ACGME website or in the Sites section of the program application in the Accreditation Data System (ADS).</t>
   </si>
   <si>
     <t>The Rotation Information Form will be used to verify the percentage of the program duration at rural sites in accordance with the definition and criteria for the ACGME Rural Track Program designation. See the Rural Track Program designation web page for more information.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">For existing accredited programs seeking ACGME Rural Track Program designation with a permanent complement increase, the Rotation Information Form should only reflect the experiences of the rural track residents/fellows. </t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>These requests also ask programs to state whether there are required rotations for current residents/fellows at each participating site.</t>
     </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="14"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Note:</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="14"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> The Rotation Information Form has been formatted for printing; changing column and/or row widths may change that.</t>
+    </r>
+  </si>
+  <si>
+    <t>Email underserved@acgme.org with questions.</t>
+  </si>
+  <si>
+    <t>Select the desired tab or click below to navigate to the desired ACGME Rural Track Program Rotation Information Form.</t>
+  </si>
+  <si>
+    <t>One-Year Program</t>
+  </si>
+  <si>
+    <t>Two-Year Program</t>
+  </si>
+  <si>
+    <t>13 four-week rotations</t>
+  </si>
+  <si>
+    <t>12 monthly rotations</t>
+  </si>
+  <si>
+    <t>Three-Year Program</t>
+  </si>
+  <si>
+    <t>Four-Year Program</t>
+  </si>
+  <si>
+    <t>Five-Year Program</t>
+  </si>
+  <si>
+    <t>Complete the following steps on the selected template:</t>
+  </si>
+  <si>
+    <t>1. Enter the program name as listed in ADS.</t>
+  </si>
+  <si>
+    <t>2. Complete the site key table with the program's site names and street addresses as listed in ADS.</t>
+  </si>
+  <si>
+    <t>The site names will then auto-populate in Column A within each program year's table.</t>
+  </si>
+  <si>
+    <t>Remove sites using the instructions provided in the "how to remove sites" tab if applicable.</t>
+  </si>
+  <si>
+    <t>Email underserved@acgme.org for help adding sites (if more than eight).</t>
+  </si>
+  <si>
+    <t>3. Enter the rotation/service names for each program year.</t>
+  </si>
+  <si>
+    <t>4. Within each program year's table, enter the percentage of time at each site for each rotation.</t>
+  </si>
+  <si>
+    <t>Everything except for electives must be assigned to a site. Include in the notes whether electives are intended to be rural or urban.</t>
+  </si>
+  <si>
+    <t>The total for each rotation/service column will auto-populate and must equal 100 percent.</t>
+  </si>
+  <si>
+    <t>The total column will auto-populate with the percentage of the year's rotations at each site.</t>
+  </si>
+  <si>
+    <t>The summary table will auto-populate with the total percentage at each site per program year.</t>
+  </si>
+  <si>
+    <t>Note: the total sum must equal 100 percent.</t>
+  </si>
+  <si>
+    <t>*The ACGME RTP designation is independent of any rural track designation by the Centers for Medicare and Medicaid Services (CMS) and does not guarantee that a program will meet CMS eligibility requirements for graduate medical education (GME) or other financial support. Direct questions about the CMS rural track policy to the GME finance staff and/or the Prospective Payment System (PPS) hospital’s Medicare Administrative Contractor (MAC).</t>
+  </si>
+  <si>
+    <t>ACGME RTP Rotation Information Form for One-Year GME Program (13 four-week rotations)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Follow the ACGME Rural Track Program Rotation Information Form Instructions to complete this template. </t>
+  </si>
+  <si>
+    <t>PROGRAM NAME</t>
+  </si>
+  <si>
+    <t>[Enter the name of the program as it appears in ADS.]</t>
+  </si>
+  <si>
+    <t>Site Key:</t>
+  </si>
+  <si>
+    <t>Site names and order should match what is listed in ADS.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>For ACGME RTP (w/in existing program)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="7.5"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Do the program's current residents/fellows have a required rotation at this participating site? (Yes/No)</t>
     </r>
   </si>
   <si>
+    <t>Site Name</t>
+  </si>
+  <si>
+    <t>Street Address</t>
+  </si>
+  <si>
+    <t>Street Address 2</t>
+  </si>
+  <si>
+    <t>City</t>
+  </si>
+  <si>
+    <t>State</t>
+  </si>
+  <si>
+    <t>Zip Code</t>
+  </si>
+  <si>
+    <t>County</t>
+  </si>
+  <si>
+    <t>Site 1 Name</t>
+  </si>
+  <si>
+    <t>Site 2 Name</t>
+  </si>
+  <si>
+    <t>Site 3 Name</t>
+  </si>
+  <si>
+    <t>Site 4 Name</t>
+  </si>
+  <si>
+    <t>Site 5 Name</t>
+  </si>
+  <si>
+    <t>Site 6 Name</t>
+  </si>
+  <si>
+    <t>Site 7 Name</t>
+  </si>
+  <si>
+    <t>Site 8 Name</t>
+  </si>
+  <si>
+    <t>YEAR 1</t>
+  </si>
+  <si>
+    <t>Everything except for electives must be assigned to a site.</t>
+  </si>
+  <si>
+    <t>Block</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Rotation/Service Name</t>
+  </si>
+  <si>
+    <t>Elective</t>
+  </si>
+  <si>
+    <t>Total (must be 100%)</t>
+  </si>
+  <si>
+    <t>Percentage at Each Site per Program Year</t>
+  </si>
+  <si>
+    <t>Electives</t>
+  </si>
+  <si>
+    <t>Year 1</t>
+  </si>
+  <si>
+    <t>Total*</t>
+  </si>
+  <si>
+    <t>*The sum of each site's total divided by the number of years in the program</t>
+  </si>
+  <si>
+    <t>Notes:</t>
+  </si>
+  <si>
+    <t>ACGME RTP Rotation Information Form for One-Year GME Program (12 monthly rotations)</t>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
-        <i/>
-        <sz val="14"/>
+        <u/>
+        <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Note:</t>
+      <t>For ACGME RTP (w/i existing program)</t>
     </r>
     <r>
       <rPr>
-        <i/>
-        <sz val="14"/>
+        <b/>
+        <sz val="8"/>
+        <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve"> The Rotation Information Form has been formatted for printing; changing column and/or row widths may change that.</t>
+      <t xml:space="preserve">
+</t>
     </r>
-  </si>
-[...4 lines deleted...]
-    <t>Everything except for electives must be assigned to a site. Include in the notes whether electives are intended to be rural or urban.</t>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7.5"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Do the program's current residents/fellows have a required rotation at this participating site? (Yes/No)</t>
+    </r>
   </si>
   <si>
     <t>ACGME RTP Rotation Information Form for Two-Year GME Program (13 four-week rotations)</t>
   </si>
   <si>
+    <t>YEAR 2</t>
+  </si>
+  <si>
+    <t>Year 2</t>
+  </si>
+  <si>
     <t>ACGME RTP Rotation Information Form for Two-Year GME Program (12 monthly rotations)</t>
   </si>
   <si>
-    <t>Two-Year Program</t>
+    <t>ACGME RTP Rotation Information Form for Three-Year GME Program (13 four-week rotations)</t>
   </si>
   <si>
-    <t>ACGME RTP Rotation Information Form for One-Year GME Program (13 four-week rotations)</t>
+    <t>YEAR 3</t>
   </si>
   <si>
-    <t>ACGME RTP Rotation Information Form for One-Year GME Program (12 monthly rotations)</t>
+    <t>Year 3</t>
   </si>
   <si>
-    <t>One-Year Program</t>
+    <t>The total sum must equal 100%.</t>
   </si>
   <si>
-    <t>*The ACGME RTP designation is independent of any rural track designation by the Centers for Medicare and Medicaid Services (CMS) and does not guarantee that a program will meet CMS eligibility requirements for graduate medical education (GME) or other financial support. Direct questions about the CMS rural track policy to the GME finance staff and/or the Prospective Payment System (PPS) hospital’s Medicare Administrative Contractor (MAC).</t>
+    <t>ACGME RTP Rotation Information Form for Three-Year GME Program (12 monthly rotations)</t>
   </si>
   <si>
-    <t>Percentage at Each Site per Program Year</t>
+    <t>ACGME RTP Rotation Information Form for Four-Year GME Program (13 four-week rotations)</t>
   </si>
   <si>
-    <t>Note: the total sum must equal 100 percent.</t>
+    <t>YEAR 4</t>
+  </si>
+  <si>
+    <t>Year 4</t>
+  </si>
+  <si>
+    <t>ACGME RTP Rotation Information Form for Four-Year GME Program (12 monthly rotations)</t>
+  </si>
+  <si>
+    <t>ACGME RTP Rotation Information Form for Five-Year GME Program (13 four-week rotations)</t>
+  </si>
+  <si>
+    <t>YEAR 5</t>
+  </si>
+  <si>
+    <t>Year 5</t>
+  </si>
+  <si>
+    <t>ACGME RTP Rotation Information Form for Five-Year GME Program (12 monthly rotations)</t>
+  </si>
+  <si>
+    <t>How to Remove Sites from the ACGME RTP Rotation Information Form</t>
+  </si>
+  <si>
+    <t>1. Select the rows in the Site Key of the sites not needed. For example, if you only have four sites, select rows 12-15 to remove Sites 7-8.</t>
+  </si>
+  <si>
+    <t>2. Right-click, and choose "Delete."</t>
+  </si>
+  <si>
+    <t>This will cause a reference error in each year's table where those sites were listed.</t>
+  </si>
+  <si>
+    <t>3. Select the rows in the Year 1 table where there are reference errors. Right-click, and choose "Delete."</t>
+  </si>
+  <si>
+    <t>4. Repeat this step for each program year listed.</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">5. In the last table (Percentage at Each Site per Program Year), select all of the cells with the reference error </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>except for the total sum cell in Column K.</t>
     </r>
   </si>
   <si>
+    <t>6. Right-click, and choose "Delete."</t>
+  </si>
+  <si>
+    <t>7. Choose "Shift cells left" and click "OK."</t>
+  </si>
+  <si>
     <t>The percentages and total sum cell will auto-adjust once those cells are removed.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="59" x14ac:knownFonts="1">
+  <fonts count="59">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
@@ -4003,51 +4040,51 @@
       <color rgb="FF58585B"/>
       <color rgb="FFD1D2D4"/>
       <color rgb="FF144B8E"/>
       <color rgb="FF046735"/>
       <color rgb="FF056735"/>
       <color rgb="FF622F7C"/>
       <color rgb="FFDA0000"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#'How to remove sites'!A1"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.acgme.org/initiatives/medically-underserved-areas-and-populations/rural-tracks/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.acgme.org/Specialties/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.adobe.com/acrobat/online/excel-to-pdf.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/cgi-bin/text-idx?SID=87a755b7aa6d209f30463dd81289e3f4&amp;mc=true&amp;node=se42.2.413_179&amp;rgn=div8" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#'How to remove sites'!A1"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.acgme.org/initiatives/Rural-and-Underserved-GME/rural-tracks/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.acgme.org/Specialties/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.adobe.com/acrobat/online/excel-to-pdf.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecfr.gov/cgi-bin/text-idx?SID=87a755b7aa6d209f30463dd81289e3f4&amp;mc=true&amp;node=se42.2.413_179&amp;rgn=div8" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>68983</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>190499</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>3818283</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>350337</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="Rectangle 1">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
@@ -5117,368 +5154,368 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{05FEB5C1-3892-45F0-B57F-A91244960B1C}">
   <sheetPr>
     <tabColor theme="1"/>
   </sheetPr>
   <dimension ref="A1:E37"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="70" zoomScaleNormal="70" zoomScalePageLayoutView="70" workbookViewId="0">
-      <selection activeCell="B9" sqref="B9:D10"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A11" zoomScale="70" zoomScaleNormal="70" zoomScalePageLayoutView="70" workbookViewId="0">
+      <selection activeCell="H31" sqref="H31"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.69140625" defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="14.45"/>
   <cols>
-    <col min="1" max="1" width="1.84375" customWidth="1"/>
-    <col min="2" max="3" width="47.53515625" customWidth="1"/>
+    <col min="1" max="1" width="1.85546875" customWidth="1"/>
+    <col min="2" max="3" width="47.5703125" customWidth="1"/>
     <col min="4" max="4" width="59" customWidth="1"/>
-    <col min="5" max="5" width="54.53515625" customWidth="1"/>
+    <col min="5" max="5" width="54.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="32.15" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="1" spans="1:5" ht="32.1" customHeight="1">
       <c r="A1" s="134" t="s">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="B1" s="134"/>
       <c r="C1" s="134"/>
       <c r="D1" s="134"/>
       <c r="E1" s="107" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.4">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" ht="16.5" customHeight="1">
       <c r="B2" s="40"/>
       <c r="C2" s="40"/>
       <c r="D2" s="40"/>
       <c r="E2" s="96"/>
     </row>
-    <row r="3" spans="1:5" ht="78" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:5" ht="78" customHeight="1">
       <c r="A3" s="101" t="s">
-        <v>45</v>
+        <v>2</v>
       </c>
       <c r="B3" s="122" t="s">
-        <v>76</v>
+        <v>3</v>
       </c>
       <c r="C3" s="122"/>
       <c r="D3" s="123"/>
       <c r="E3" s="97"/>
     </row>
-    <row r="4" spans="1:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="4" spans="1:5" ht="16.5" customHeight="1">
       <c r="A4" s="102"/>
       <c r="B4" s="103"/>
       <c r="C4" s="103"/>
       <c r="D4" s="103"/>
       <c r="E4" s="97"/>
     </row>
-    <row r="5" spans="1:5" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="1:5" ht="36" customHeight="1">
       <c r="A5" s="101" t="s">
-        <v>45</v>
+        <v>2</v>
       </c>
       <c r="B5" s="122" t="s">
-        <v>49</v>
+        <v>4</v>
       </c>
       <c r="C5" s="122"/>
       <c r="D5" s="123"/>
       <c r="E5" s="96"/>
     </row>
-    <row r="6" spans="1:5" ht="16" customHeight="1" x14ac:dyDescent="0.5">
+    <row r="6" spans="1:5" ht="15.95" customHeight="1">
       <c r="A6" s="102"/>
       <c r="B6" s="104"/>
       <c r="C6" s="104"/>
       <c r="D6" s="104"/>
       <c r="E6" s="98"/>
     </row>
-    <row r="7" spans="1:5" ht="62.25" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="7" spans="1:5" ht="62.25" customHeight="1">
       <c r="A7" s="101" t="s">
-        <v>45</v>
+        <v>2</v>
       </c>
       <c r="B7" s="122" t="s">
-        <v>77</v>
+        <v>5</v>
       </c>
       <c r="C7" s="122"/>
       <c r="D7" s="123"/>
       <c r="E7" s="99"/>
     </row>
-    <row r="8" spans="1:5" ht="16" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="8" spans="1:5" ht="15.95" customHeight="1">
       <c r="A8" s="102"/>
       <c r="B8" s="105"/>
       <c r="C8" s="105"/>
       <c r="D8" s="105"/>
       <c r="E8" s="98"/>
     </row>
-    <row r="9" spans="1:5" ht="41.15" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="9" spans="1:5" ht="41.1" customHeight="1">
       <c r="A9" s="101" t="s">
-        <v>45</v>
+        <v>2</v>
       </c>
       <c r="B9" s="129" t="s">
-        <v>78</v>
+        <v>6</v>
       </c>
       <c r="C9" s="129"/>
       <c r="D9" s="130"/>
       <c r="E9" s="98"/>
     </row>
-    <row r="10" spans="1:5" ht="14.15" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="10" spans="1:5" ht="14.1" customHeight="1">
       <c r="A10" s="101"/>
       <c r="B10" s="129"/>
       <c r="C10" s="129"/>
       <c r="D10" s="130"/>
       <c r="E10" s="98"/>
     </row>
-    <row r="11" spans="1:5" ht="9.75" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="11" spans="1:5" ht="9.75" customHeight="1">
       <c r="A11" s="102"/>
       <c r="B11" s="105"/>
       <c r="C11" s="105"/>
       <c r="D11" s="105"/>
       <c r="E11" s="98"/>
     </row>
-    <row r="12" spans="1:5" ht="36" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="12" spans="1:5" ht="36" customHeight="1">
       <c r="A12" s="101" t="s">
-        <v>45</v>
+        <v>2</v>
       </c>
       <c r="B12" s="124" t="s">
-        <v>80</v>
+        <v>7</v>
       </c>
       <c r="C12" s="125"/>
       <c r="D12" s="126"/>
       <c r="E12" s="97"/>
     </row>
-    <row r="13" spans="1:5" ht="21" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="13" spans="1:5" ht="21" customHeight="1">
       <c r="B13" s="127" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="C13" s="127"/>
       <c r="D13" s="128"/>
       <c r="E13" s="98"/>
     </row>
-    <row r="14" spans="1:5" ht="11.15" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="14" spans="1:5" ht="11.1" customHeight="1">
       <c r="B14" s="106"/>
       <c r="E14" s="98"/>
     </row>
-    <row r="15" spans="1:5" ht="32.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+    <row r="15" spans="1:5" ht="32.1" customHeight="1" thickBot="1">
       <c r="B15" s="139" t="s">
-        <v>51</v>
+        <v>9</v>
       </c>
       <c r="C15" s="139"/>
       <c r="D15" s="140"/>
       <c r="E15" s="98"/>
     </row>
-    <row r="16" spans="1:5" ht="32.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+    <row r="16" spans="1:5" ht="32.1" customHeight="1" thickBot="1">
       <c r="B16" s="120" t="s">
-        <v>88</v>
+        <v>10</v>
       </c>
       <c r="C16" s="121" t="s">
-        <v>85</v>
+        <v>11</v>
       </c>
       <c r="D16" s="119"/>
       <c r="E16" s="98"/>
     </row>
-    <row r="17" spans="2:5" ht="32.15" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="17" spans="2:5" ht="32.1" customHeight="1">
       <c r="B17" s="111" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="C17" s="111" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="D17" s="119"/>
       <c r="E17" s="98"/>
     </row>
-    <row r="18" spans="2:5" ht="32.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+    <row r="18" spans="2:5" ht="32.1" customHeight="1" thickBot="1">
       <c r="B18" s="113" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="C18" s="113" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="D18" s="119"/>
       <c r="E18" s="98"/>
     </row>
-    <row r="19" spans="2:5" ht="29.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+    <row r="19" spans="2:5" ht="29.45" customHeight="1" thickBot="1">
       <c r="B19" s="108" t="s">
-        <v>52</v>
+        <v>14</v>
       </c>
       <c r="C19" s="109" t="s">
-        <v>53</v>
+        <v>15</v>
       </c>
       <c r="D19" s="110" t="s">
-        <v>54</v>
+        <v>16</v>
       </c>
       <c r="E19" s="98"/>
     </row>
-    <row r="20" spans="2:5" ht="26.15" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="20" spans="2:5" ht="26.1" customHeight="1">
       <c r="B20" s="111" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="C20" s="111" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="D20" s="112" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="E20" s="98"/>
     </row>
-    <row r="21" spans="2:5" ht="26.15" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="21" spans="2:5" ht="26.1" customHeight="1">
       <c r="B21" s="113" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="C21" s="113" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="D21" s="114" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="E21" s="98"/>
     </row>
-    <row r="22" spans="2:5" x14ac:dyDescent="0.4">
+    <row r="22" spans="2:5">
       <c r="E22" s="98"/>
     </row>
-    <row r="23" spans="2:5" ht="34.5" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="23" spans="2:5" ht="34.5" customHeight="1">
       <c r="B23" s="143" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="C23" s="143"/>
       <c r="D23" s="144"/>
       <c r="E23" s="98"/>
     </row>
-    <row r="24" spans="2:5" ht="21.65" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="24" spans="2:5" ht="21.6" customHeight="1">
       <c r="B24" s="137" t="s">
-        <v>55</v>
+        <v>18</v>
       </c>
       <c r="C24" s="137"/>
       <c r="D24" s="138"/>
       <c r="E24" s="98"/>
     </row>
-    <row r="25" spans="2:5" ht="21.65" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="25" spans="2:5" ht="21.6" customHeight="1">
       <c r="B25" s="137" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="C25" s="137"/>
       <c r="D25" s="138"/>
       <c r="E25" s="100"/>
     </row>
-    <row r="26" spans="2:5" ht="21.65" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="26" spans="2:5" ht="21.6" customHeight="1">
       <c r="B26" s="141" t="s">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="C26" s="141"/>
       <c r="D26" s="142"/>
       <c r="E26" s="98"/>
     </row>
-    <row r="27" spans="2:5" ht="21.65" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="27" spans="2:5" ht="21.6" customHeight="1">
       <c r="B27" s="141" t="s">
-        <v>81</v>
+        <v>21</v>
       </c>
       <c r="C27" s="141"/>
       <c r="D27" s="142"/>
       <c r="E27" s="98"/>
     </row>
-    <row r="28" spans="2:5" ht="21.65" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="28" spans="2:5" ht="21.6" customHeight="1">
       <c r="B28" s="141" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="C28" s="141"/>
       <c r="D28" s="142"/>
       <c r="E28" s="98"/>
     </row>
-    <row r="29" spans="2:5" ht="21.65" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="29" spans="2:5" ht="21.6" customHeight="1">
       <c r="B29" s="137" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="C29" s="137"/>
       <c r="D29" s="138"/>
       <c r="E29" s="98"/>
     </row>
-    <row r="30" spans="2:5" ht="21.65" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="30" spans="2:5" ht="21.6" customHeight="1">
       <c r="B30" s="137" t="s">
-        <v>59</v>
+        <v>24</v>
       </c>
       <c r="C30" s="137"/>
       <c r="D30" s="138"/>
       <c r="E30" s="98"/>
     </row>
-    <row r="31" spans="2:5" ht="37.5" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="31" spans="2:5" ht="37.5" customHeight="1">
       <c r="B31" s="135" t="s">
-        <v>82</v>
+        <v>25</v>
       </c>
       <c r="C31" s="135"/>
       <c r="D31" s="136"/>
       <c r="E31" s="98"/>
     </row>
-    <row r="32" spans="2:5" ht="21.65" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="32" spans="2:5" ht="21.6" customHeight="1">
       <c r="B32" s="135" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="C32" s="135"/>
       <c r="D32" s="136"/>
       <c r="E32" s="98"/>
     </row>
-    <row r="33" spans="1:5" ht="21.65" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="33" spans="1:5" ht="21.6" customHeight="1">
       <c r="B33" s="135" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="C33" s="135"/>
       <c r="D33" s="136"/>
       <c r="E33" s="98"/>
     </row>
-    <row r="34" spans="1:5" ht="22" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="34" spans="1:5" ht="21.95" customHeight="1">
       <c r="B34" s="135" t="s">
-        <v>62</v>
+        <v>28</v>
       </c>
       <c r="C34" s="135"/>
       <c r="D34" s="136"/>
       <c r="E34" s="98"/>
     </row>
-    <row r="35" spans="1:5" ht="22" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="35" spans="1:5" ht="21.95" customHeight="1">
       <c r="B35" s="135" t="s">
-        <v>91</v>
+        <v>29</v>
       </c>
       <c r="C35" s="135"/>
       <c r="D35" s="136"/>
       <c r="E35" s="98"/>
     </row>
-    <row r="36" spans="1:5" ht="5.25" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="36" spans="1:5" ht="5.25" customHeight="1">
       <c r="E36" s="98"/>
     </row>
-    <row r="37" spans="1:5" ht="51.65" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="37" spans="1:5" ht="70.5" customHeight="1">
       <c r="A37" s="131" t="s">
-        <v>89</v>
+        <v>30</v>
       </c>
       <c r="B37" s="132"/>
       <c r="C37" s="132"/>
       <c r="D37" s="133"/>
       <c r="E37" s="98"/>
     </row>
   </sheetData>
   <mergeCells count="22">
     <mergeCell ref="A37:D37"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="B32:D32"/>
     <mergeCell ref="B33:D33"/>
     <mergeCell ref="B34:D34"/>
     <mergeCell ref="B35:D35"/>
     <mergeCell ref="B31:D31"/>
     <mergeCell ref="B29:D29"/>
     <mergeCell ref="B30:D30"/>
     <mergeCell ref="B15:D15"/>
     <mergeCell ref="B24:D24"/>
     <mergeCell ref="B25:D25"/>
     <mergeCell ref="B26:D26"/>
     <mergeCell ref="B28:D28"/>
     <mergeCell ref="B23:D23"/>
     <mergeCell ref="B27:D27"/>
     <mergeCell ref="B3:D3"/>
@@ -5492,670 +5529,663 @@
     <hyperlink ref="B20" location="'3-year program (4-week)'!A1" display="13 four-week rotations" xr:uid="{6CFDCA49-2CF8-45D8-A2A4-E5EF5EDC1CE0}"/>
     <hyperlink ref="B21" location="'3-year program (monthly)'!A1" display="12 monthly rotations" xr:uid="{24325DF9-4798-4425-9B68-9850DD24D19B}"/>
     <hyperlink ref="C20" location="'4-year program (4-week)'!A1" display="13 four-week rotations" xr:uid="{DE3D63C2-5844-4ECB-AD50-6B189FA2DD3F}"/>
     <hyperlink ref="C21" location="'4-year program (monthly)'!A1" display="12 monthly rotations" xr:uid="{BFD60386-C206-4E01-BF4D-6D48CEFAD1A2}"/>
     <hyperlink ref="D20" location="'5-year program (4-week)'!A1" display="13 four-week rotations" xr:uid="{6BECE2FB-02D4-4CBD-9361-D2C4A3D18845}"/>
     <hyperlink ref="D21" location="'5-year program (monthly)'!A1" display="12 monthly rotations" xr:uid="{811418C4-D5F4-4BB8-A3F5-D79A0F7A037A}"/>
     <hyperlink ref="C17" location="'2-year program (4-week)'!A1" display="13 four-week rotations" xr:uid="{153DB85C-2CE5-4D31-8D93-7C1F17E72319}"/>
     <hyperlink ref="C18" location="'2-year program (monthly)'!A1" display="12 monthly rotations" xr:uid="{7A9DFB35-C3A4-4C9D-BDA1-5EBCBA6697A6}"/>
     <hyperlink ref="B17" location="'1-year program (4-week)'!A1" display="13 four-week rotations" xr:uid="{598DA6BD-1AFE-468E-9C82-96FB105ED6AF}"/>
     <hyperlink ref="B18" location="'1-year program (monthly)'!A1" display="12 monthly rotations" xr:uid="{9A537510-FF0C-4D4D-89DC-75DEAC13BEF2}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.2" bottom="0.2" header="0.05" footer="0.05"/>
   <pageSetup scale="55" orientation="landscape" verticalDpi="1200" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{435ACEF4-E863-4774-BE97-CA8229D4603F}">
   <sheetPr>
     <tabColor rgb="FF144B8E"/>
   </sheetPr>
   <dimension ref="A1:P105"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="L15" sqref="L15:N15"/>
+      <selection activeCell="L13" sqref="L13:N13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0.84375" defaultRowHeight="14.15" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0.85546875" defaultRowHeight="14.1"/>
   <cols>
-    <col min="1" max="1" width="20.53515625" style="39" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="16" max="16384" width="0.84375" style="39"/>
+    <col min="1" max="1" width="22.5703125" style="39" customWidth="1"/>
+    <col min="2" max="15" width="11.28515625" style="39" customWidth="1"/>
+    <col min="16" max="16384" width="0.85546875" style="39"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:15" ht="25.5" customHeight="1">
       <c r="A1" s="145" t="s">
-        <v>68</v>
+        <v>81</v>
       </c>
       <c r="B1" s="145"/>
       <c r="C1" s="145"/>
       <c r="D1" s="145"/>
       <c r="E1" s="145"/>
       <c r="F1" s="145"/>
       <c r="G1" s="145"/>
       <c r="H1" s="145"/>
       <c r="I1" s="145"/>
       <c r="J1" s="145"/>
       <c r="K1" s="145"/>
       <c r="L1" s="145"/>
       <c r="M1" s="145"/>
       <c r="N1" s="145"/>
       <c r="O1" s="145"/>
     </row>
-    <row r="2" spans="1:15" ht="15" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:15" ht="15.6">
       <c r="A2" s="146" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="B2" s="146"/>
       <c r="C2" s="146"/>
       <c r="D2" s="146"/>
       <c r="E2" s="146"/>
       <c r="F2" s="146"/>
       <c r="G2" s="146"/>
       <c r="H2" s="146"/>
       <c r="I2" s="146"/>
       <c r="J2" s="146"/>
       <c r="K2" s="146"/>
       <c r="L2" s="146"/>
       <c r="M2" s="146"/>
       <c r="N2" s="146"/>
       <c r="O2" s="146"/>
     </row>
-    <row r="3" spans="1:15" ht="11.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:15" ht="11.1" customHeight="1" thickBot="1">
       <c r="A3" s="63"/>
       <c r="B3" s="63"/>
       <c r="C3" s="63"/>
       <c r="D3" s="63"/>
       <c r="E3" s="63"/>
       <c r="F3" s="63"/>
       <c r="G3" s="63"/>
       <c r="H3" s="63"/>
       <c r="I3" s="63"/>
       <c r="J3" s="63"/>
       <c r="K3" s="63"/>
       <c r="L3" s="63"/>
       <c r="M3" s="63"/>
       <c r="N3" s="63"/>
       <c r="O3" s="63"/>
     </row>
-    <row r="4" spans="1:15" ht="18" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="4" spans="1:15" ht="18.600000000000001" thickBot="1">
       <c r="A4" s="147" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B4" s="148"/>
       <c r="C4" s="149" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="D4" s="149"/>
       <c r="E4" s="149"/>
       <c r="F4" s="149"/>
       <c r="G4" s="149"/>
       <c r="H4" s="149"/>
       <c r="I4" s="149"/>
       <c r="J4" s="149"/>
       <c r="K4" s="149"/>
       <c r="L4" s="149"/>
       <c r="M4" s="150"/>
       <c r="N4" s="151"/>
       <c r="O4" s="38"/>
     </row>
-    <row r="5" spans="1:15" ht="7" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="1:15" ht="6.95" customHeight="1" thickBot="1">
       <c r="A5" s="40"/>
       <c r="B5" s="40"/>
       <c r="C5" s="41"/>
       <c r="D5" s="41"/>
       <c r="E5" s="41"/>
       <c r="F5" s="41"/>
       <c r="G5" s="41"/>
       <c r="H5" s="41"/>
       <c r="I5" s="41"/>
       <c r="J5" s="41"/>
       <c r="K5" s="41"/>
       <c r="L5" s="41"/>
       <c r="M5" s="41"/>
       <c r="N5" s="41"/>
       <c r="O5" s="38"/>
     </row>
-    <row r="6" spans="1:15" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:15" ht="18" customHeight="1" thickBot="1">
       <c r="A6" s="61" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="B6" s="12" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C6" s="41"/>
       <c r="D6" s="41"/>
       <c r="E6" s="41"/>
       <c r="F6" s="41"/>
       <c r="G6" s="41"/>
       <c r="H6" s="41"/>
       <c r="I6" s="41"/>
       <c r="J6" s="41"/>
       <c r="K6" s="41"/>
       <c r="L6" s="152" t="s">
-        <v>79</v>
+        <v>37</v>
       </c>
       <c r="M6" s="153"/>
       <c r="N6" s="154"/>
       <c r="O6" s="38"/>
     </row>
-    <row r="7" spans="1:15" ht="24.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="7" spans="1:15" ht="24.6" customHeight="1" thickBot="1">
       <c r="A7" s="29" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="B7" s="158" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="C7" s="158"/>
       <c r="D7" s="158" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="E7" s="158"/>
       <c r="F7" s="158" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="G7" s="158"/>
       <c r="H7" s="117" t="s">
-        <v>75</v>
+        <v>42</v>
       </c>
       <c r="I7" s="117" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="J7" s="159" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="K7" s="160"/>
       <c r="L7" s="155"/>
       <c r="M7" s="156"/>
       <c r="N7" s="157"/>
     </row>
-    <row r="8" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:15" ht="15.6" customHeight="1">
       <c r="A8" s="30" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="B8" s="168"/>
       <c r="C8" s="168"/>
       <c r="D8" s="169"/>
       <c r="E8" s="169"/>
       <c r="F8" s="169"/>
       <c r="G8" s="169"/>
       <c r="H8" s="25"/>
       <c r="I8" s="25"/>
       <c r="J8" s="170"/>
       <c r="K8" s="171"/>
       <c r="L8" s="172"/>
       <c r="M8" s="173"/>
       <c r="N8" s="174"/>
     </row>
-    <row r="9" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:15" ht="15.6" customHeight="1">
       <c r="A9" s="31" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="B9" s="161"/>
       <c r="C9" s="161"/>
       <c r="D9" s="162"/>
       <c r="E9" s="162"/>
       <c r="F9" s="162"/>
       <c r="G9" s="162"/>
       <c r="H9" s="27"/>
       <c r="I9" s="27"/>
       <c r="J9" s="163"/>
       <c r="K9" s="164"/>
       <c r="L9" s="165"/>
       <c r="M9" s="166"/>
       <c r="N9" s="167"/>
     </row>
-    <row r="10" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:15" ht="15.6" customHeight="1">
       <c r="A10" s="32" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="B10" s="176"/>
       <c r="C10" s="176"/>
       <c r="D10" s="162"/>
       <c r="E10" s="162"/>
       <c r="F10" s="162"/>
       <c r="G10" s="162"/>
       <c r="H10" s="27"/>
       <c r="I10" s="27"/>
       <c r="J10" s="163"/>
       <c r="K10" s="164"/>
       <c r="L10" s="165"/>
       <c r="M10" s="166"/>
       <c r="N10" s="167"/>
     </row>
-    <row r="11" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:15" ht="15.6" customHeight="1">
       <c r="A11" s="33" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="B11" s="175"/>
       <c r="C11" s="175"/>
       <c r="D11" s="162"/>
       <c r="E11" s="162"/>
       <c r="F11" s="162"/>
       <c r="G11" s="162"/>
       <c r="H11" s="27"/>
       <c r="I11" s="27"/>
       <c r="J11" s="163"/>
       <c r="K11" s="164"/>
       <c r="L11" s="165"/>
       <c r="M11" s="166"/>
       <c r="N11" s="167"/>
     </row>
-    <row r="12" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:15" ht="15.6" customHeight="1">
       <c r="A12" s="34" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="B12" s="178"/>
       <c r="C12" s="178"/>
       <c r="D12" s="162"/>
       <c r="E12" s="162"/>
       <c r="F12" s="162"/>
       <c r="G12" s="162"/>
       <c r="H12" s="27"/>
       <c r="I12" s="27"/>
       <c r="J12" s="163"/>
       <c r="K12" s="164"/>
       <c r="L12" s="165"/>
       <c r="M12" s="166"/>
       <c r="N12" s="167"/>
     </row>
-    <row r="13" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:15" ht="15.6" customHeight="1">
       <c r="A13" s="35" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="B13" s="177"/>
       <c r="C13" s="177"/>
       <c r="D13" s="162"/>
       <c r="E13" s="162"/>
       <c r="F13" s="162"/>
       <c r="G13" s="162"/>
       <c r="H13" s="27"/>
       <c r="I13" s="27"/>
       <c r="J13" s="163"/>
       <c r="K13" s="164"/>
       <c r="L13" s="165"/>
       <c r="M13" s="166"/>
       <c r="N13" s="167"/>
     </row>
-    <row r="14" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:15" ht="15.6" customHeight="1">
       <c r="A14" s="36" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="B14" s="180"/>
       <c r="C14" s="180"/>
       <c r="D14" s="162"/>
       <c r="E14" s="162"/>
       <c r="F14" s="162"/>
       <c r="G14" s="162"/>
       <c r="H14" s="27"/>
       <c r="I14" s="27"/>
       <c r="J14" s="163"/>
       <c r="K14" s="164"/>
       <c r="L14" s="165"/>
       <c r="M14" s="166"/>
       <c r="N14" s="167"/>
     </row>
-    <row r="15" spans="1:15" ht="15.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="15" spans="1:15" ht="15.6" customHeight="1" thickBot="1">
       <c r="A15" s="37" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="B15" s="181"/>
       <c r="C15" s="181"/>
       <c r="D15" s="182"/>
       <c r="E15" s="182"/>
       <c r="F15" s="182"/>
       <c r="G15" s="182"/>
       <c r="H15" s="28"/>
       <c r="I15" s="28"/>
       <c r="J15" s="183"/>
       <c r="K15" s="184"/>
       <c r="L15" s="185"/>
       <c r="M15" s="186"/>
       <c r="N15" s="187"/>
     </row>
-    <row r="16" spans="1:15" ht="6.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:15" ht="6.6" customHeight="1">
       <c r="A16" s="42"/>
       <c r="B16" s="38"/>
       <c r="C16" s="38"/>
       <c r="D16" s="38"/>
       <c r="E16" s="38"/>
       <c r="F16" s="38"/>
       <c r="G16" s="38"/>
       <c r="H16" s="38"/>
       <c r="I16" s="38"/>
       <c r="J16" s="38"/>
       <c r="K16" s="38"/>
       <c r="L16" s="38"/>
       <c r="M16" s="38"/>
       <c r="N16" s="38"/>
       <c r="O16" s="38"/>
     </row>
-    <row r="17" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:15" ht="12.95" customHeight="1">
       <c r="A17" s="59" t="s">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="B17" s="62" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6"/>
       <c r="E17" s="6"/>
       <c r="F17" s="6"/>
       <c r="G17" s="6"/>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="6"/>
       <c r="N17" s="6"/>
       <c r="O17" s="38"/>
     </row>
-    <row r="18" spans="1:15" s="43" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="18" spans="1:15" s="43" customFormat="1" ht="12.95" customHeight="1" thickBot="1">
       <c r="A18" s="7" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="B18" s="1">
         <v>1</v>
       </c>
       <c r="C18" s="1">
         <v>2</v>
       </c>
       <c r="D18" s="1">
         <v>3</v>
       </c>
       <c r="E18" s="1">
         <v>4</v>
       </c>
       <c r="F18" s="1">
         <v>5</v>
       </c>
       <c r="G18" s="1">
         <v>6</v>
       </c>
       <c r="H18" s="1">
         <v>7</v>
       </c>
       <c r="I18" s="1">
         <v>8</v>
       </c>
       <c r="J18" s="1">
         <v>9</v>
       </c>
       <c r="K18" s="1">
         <v>10</v>
       </c>
       <c r="L18" s="1">
         <v>11</v>
       </c>
       <c r="M18" s="1">
         <v>12</v>
       </c>
       <c r="N18" s="1">
         <v>13</v>
       </c>
       <c r="O18" s="42" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:15" s="43" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" s="43" customFormat="1" ht="12.95" customHeight="1">
       <c r="A19" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B19" s="25"/>
       <c r="C19" s="25"/>
       <c r="D19" s="25"/>
       <c r="E19" s="25"/>
       <c r="F19" s="25"/>
       <c r="G19" s="25"/>
       <c r="H19" s="25"/>
       <c r="I19" s="25"/>
       <c r="J19" s="25"/>
       <c r="K19" s="25"/>
       <c r="L19" s="25"/>
       <c r="M19" s="25"/>
       <c r="N19" s="25"/>
       <c r="O19" s="42"/>
     </row>
-    <row r="20" spans="1:15" s="43" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:15" s="43" customFormat="1" ht="12.95" customHeight="1">
       <c r="A20" s="16" t="str">
         <f t="shared" ref="A20:A27" si="0">A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="B20" s="94"/>
       <c r="C20" s="94"/>
       <c r="D20" s="94"/>
       <c r="E20" s="94"/>
       <c r="F20" s="94"/>
       <c r="G20" s="94"/>
       <c r="H20" s="94"/>
       <c r="I20" s="94"/>
       <c r="J20" s="94"/>
       <c r="K20" s="94"/>
       <c r="L20" s="94"/>
       <c r="M20" s="94"/>
       <c r="N20" s="94"/>
       <c r="O20" s="44">
         <f t="shared" ref="O20:O28" si="1">(SUM(B20:N20)/13)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:15" s="43" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:15" s="43" customFormat="1" ht="12.95" customHeight="1">
       <c r="A21" s="15" t="str">
         <f t="shared" si="0"/>
         <v>Site 2 Name</v>
       </c>
       <c r="B21" s="94"/>
       <c r="C21" s="94"/>
       <c r="D21" s="94"/>
       <c r="E21" s="94"/>
       <c r="F21" s="94"/>
       <c r="G21" s="94"/>
       <c r="H21" s="94"/>
       <c r="I21" s="94"/>
       <c r="J21" s="94"/>
       <c r="K21" s="94"/>
       <c r="L21" s="94"/>
       <c r="M21" s="94"/>
       <c r="N21" s="94"/>
       <c r="O21" s="45">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:15" ht="12.95" customHeight="1">
       <c r="A22" s="14" t="str">
         <f t="shared" si="0"/>
         <v>Site 3 Name</v>
       </c>
       <c r="B22" s="94"/>
       <c r="C22" s="94"/>
       <c r="D22" s="94"/>
       <c r="E22" s="94"/>
       <c r="F22" s="94"/>
       <c r="G22" s="94"/>
       <c r="H22" s="94"/>
       <c r="I22" s="94"/>
       <c r="J22" s="94"/>
       <c r="K22" s="94"/>
       <c r="L22" s="94"/>
       <c r="M22" s="94"/>
       <c r="N22" s="94"/>
       <c r="O22" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:15" ht="12.95" customHeight="1">
       <c r="A23" s="17" t="str">
         <f t="shared" si="0"/>
         <v>Site 4 Name</v>
       </c>
       <c r="B23" s="94"/>
       <c r="C23" s="94"/>
       <c r="D23" s="94"/>
       <c r="E23" s="94"/>
       <c r="F23" s="94"/>
       <c r="G23" s="94"/>
       <c r="H23" s="94"/>
       <c r="I23" s="94"/>
       <c r="J23" s="94"/>
       <c r="K23" s="94"/>
       <c r="L23" s="94"/>
       <c r="M23" s="94"/>
       <c r="N23" s="94"/>
       <c r="O23" s="47">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:15" ht="12.95" customHeight="1">
       <c r="A24" s="18" t="str">
         <f t="shared" si="0"/>
         <v>Site 5 Name</v>
       </c>
       <c r="B24" s="94"/>
       <c r="C24" s="94"/>
       <c r="D24" s="94"/>
       <c r="E24" s="94"/>
       <c r="F24" s="94"/>
       <c r="G24" s="94"/>
       <c r="H24" s="94"/>
       <c r="I24" s="94"/>
       <c r="J24" s="94"/>
       <c r="K24" s="94"/>
       <c r="L24" s="94"/>
       <c r="M24" s="94"/>
       <c r="N24" s="94"/>
       <c r="O24" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:15" ht="12.95" customHeight="1">
       <c r="A25" s="19" t="str">
         <f t="shared" si="0"/>
         <v>Site 6 Name</v>
       </c>
       <c r="B25" s="94"/>
       <c r="C25" s="94"/>
       <c r="D25" s="94"/>
       <c r="E25" s="94"/>
       <c r="F25" s="94"/>
       <c r="G25" s="94"/>
       <c r="H25" s="94"/>
       <c r="I25" s="94"/>
       <c r="J25" s="94"/>
       <c r="K25" s="94"/>
       <c r="L25" s="94"/>
       <c r="M25" s="94"/>
       <c r="N25" s="94"/>
       <c r="O25" s="49">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:15" ht="12.95" customHeight="1">
       <c r="A26" s="20" t="str">
         <f t="shared" si="0"/>
         <v>Site 7 Name</v>
       </c>
       <c r="B26" s="94"/>
       <c r="C26" s="94"/>
       <c r="D26" s="94"/>
       <c r="E26" s="94"/>
       <c r="F26" s="94"/>
       <c r="G26" s="94"/>
       <c r="H26" s="94"/>
       <c r="I26" s="94"/>
       <c r="J26" s="94"/>
       <c r="K26" s="94"/>
       <c r="L26" s="94"/>
       <c r="M26" s="94"/>
       <c r="N26" s="94"/>
       <c r="O26" s="50">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:15" ht="12.95" customHeight="1">
       <c r="A27" s="21" t="str">
         <f t="shared" si="0"/>
         <v>Site 8 Name</v>
       </c>
       <c r="B27" s="94"/>
       <c r="C27" s="94"/>
       <c r="D27" s="94"/>
       <c r="E27" s="94"/>
       <c r="F27" s="94"/>
       <c r="G27" s="94"/>
       <c r="H27" s="94"/>
       <c r="I27" s="94"/>
       <c r="J27" s="94"/>
       <c r="K27" s="94"/>
       <c r="L27" s="94"/>
       <c r="M27" s="94"/>
       <c r="N27" s="94"/>
       <c r="O27" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:15" ht="12.95" customHeight="1">
       <c r="A28" s="22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="B28" s="94"/>
       <c r="C28" s="94"/>
       <c r="D28" s="94"/>
       <c r="E28" s="94"/>
       <c r="F28" s="94"/>
       <c r="G28" s="94"/>
       <c r="H28" s="94"/>
       <c r="I28" s="94"/>
       <c r="J28" s="94"/>
       <c r="K28" s="94"/>
       <c r="L28" s="94"/>
       <c r="M28" s="94"/>
       <c r="N28" s="94"/>
       <c r="O28" s="52">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:15" ht="12.95" customHeight="1">
       <c r="A29" s="92" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B29" s="93">
         <f>SUM(B20:B28)</f>
         <v>0</v>
       </c>
       <c r="C29" s="93">
         <f t="shared" ref="C29:N29" si="2">SUM(C20:C28)</f>
         <v>0</v>
       </c>
       <c r="D29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="E29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="F29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="G29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
@@ -6167,363 +6197,363 @@
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="N29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O29" s="52"/>
     </row>
-    <row r="30" spans="1:15" ht="7" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:15" ht="6.95" customHeight="1">
       <c r="A30" s="23"/>
       <c r="B30" s="24"/>
       <c r="C30" s="24"/>
       <c r="D30" s="24"/>
       <c r="E30" s="24"/>
       <c r="F30" s="24"/>
       <c r="G30" s="24"/>
       <c r="H30" s="24"/>
       <c r="I30" s="24"/>
       <c r="J30" s="24"/>
       <c r="K30" s="24"/>
       <c r="L30" s="24"/>
       <c r="M30" s="24"/>
       <c r="N30" s="24"/>
       <c r="O30" s="53"/>
     </row>
-    <row r="31" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:15" ht="12.95" customHeight="1">
       <c r="A31" s="59" t="s">
-        <v>2</v>
+        <v>69</v>
       </c>
       <c r="B31" s="62" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3"/>
       <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="3"/>
       <c r="J31" s="3"/>
       <c r="K31" s="3"/>
       <c r="L31" s="3"/>
       <c r="M31" s="3"/>
       <c r="N31" s="3"/>
       <c r="O31" s="38"/>
     </row>
-    <row r="32" spans="1:15" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="32" spans="1:15" ht="12.95" customHeight="1" thickBot="1">
       <c r="A32" s="7" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="B32" s="1">
         <v>1</v>
       </c>
       <c r="C32" s="1">
         <v>2</v>
       </c>
       <c r="D32" s="1">
         <v>3</v>
       </c>
       <c r="E32" s="1">
         <v>4</v>
       </c>
       <c r="F32" s="1">
         <v>5</v>
       </c>
       <c r="G32" s="1">
         <v>6</v>
       </c>
       <c r="H32" s="1">
         <v>7</v>
       </c>
       <c r="I32" s="1">
         <v>8</v>
       </c>
       <c r="J32" s="1">
         <v>9</v>
       </c>
       <c r="K32" s="1">
         <v>10</v>
       </c>
       <c r="L32" s="1">
         <v>11</v>
       </c>
       <c r="M32" s="1">
         <v>12</v>
       </c>
       <c r="N32" s="1">
         <v>13</v>
       </c>
       <c r="O32" s="42" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16" ht="12.95" customHeight="1">
       <c r="A33" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B33" s="25"/>
       <c r="C33" s="25"/>
       <c r="D33" s="25"/>
       <c r="E33" s="25"/>
       <c r="F33" s="25"/>
       <c r="G33" s="25"/>
       <c r="H33" s="25"/>
       <c r="I33" s="25"/>
       <c r="J33" s="25"/>
       <c r="K33" s="25"/>
       <c r="L33" s="25"/>
       <c r="M33" s="25"/>
       <c r="N33" s="25"/>
       <c r="O33" s="42"/>
     </row>
-    <row r="34" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:16" ht="12.95" customHeight="1">
       <c r="A34" s="16" t="str">
         <f t="shared" ref="A34:A41" si="3">A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="B34" s="26"/>
       <c r="C34" s="94"/>
       <c r="D34" s="94"/>
       <c r="E34" s="94"/>
       <c r="F34" s="94"/>
       <c r="G34" s="94"/>
       <c r="H34" s="94"/>
       <c r="I34" s="94"/>
       <c r="J34" s="94"/>
       <c r="K34" s="94"/>
       <c r="L34" s="94"/>
       <c r="M34" s="94"/>
       <c r="N34" s="94"/>
       <c r="O34" s="44">
         <f t="shared" ref="O34:O42" si="4">(SUM(B34:N34)/13)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:16" ht="12.95" customHeight="1">
       <c r="A35" s="15" t="str">
         <f t="shared" si="3"/>
         <v>Site 2 Name</v>
       </c>
       <c r="B35" s="26"/>
       <c r="C35" s="94"/>
       <c r="D35" s="94"/>
       <c r="E35" s="94"/>
       <c r="F35" s="94"/>
       <c r="G35" s="94"/>
       <c r="H35" s="94"/>
       <c r="I35" s="94"/>
       <c r="J35" s="94"/>
       <c r="K35" s="94"/>
       <c r="L35" s="94"/>
       <c r="M35" s="94"/>
       <c r="N35" s="94"/>
       <c r="O35" s="45">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:16" ht="12.95" customHeight="1">
       <c r="A36" s="14" t="str">
         <f t="shared" si="3"/>
         <v>Site 3 Name</v>
       </c>
       <c r="B36" s="94"/>
       <c r="C36" s="94"/>
       <c r="D36" s="94"/>
       <c r="E36" s="94"/>
       <c r="F36" s="94"/>
       <c r="G36" s="94"/>
       <c r="H36" s="94"/>
       <c r="I36" s="94"/>
       <c r="J36" s="94"/>
       <c r="K36" s="94"/>
       <c r="L36" s="94"/>
       <c r="M36" s="94"/>
       <c r="N36" s="94"/>
       <c r="O36" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:16" ht="12.95" customHeight="1">
       <c r="A37" s="17" t="str">
         <f t="shared" si="3"/>
         <v>Site 4 Name</v>
       </c>
       <c r="B37" s="94"/>
       <c r="C37" s="94"/>
       <c r="D37" s="94"/>
       <c r="E37" s="94"/>
       <c r="F37" s="94"/>
       <c r="G37" s="94"/>
       <c r="H37" s="94"/>
       <c r="I37" s="94"/>
       <c r="J37" s="94"/>
       <c r="K37" s="94"/>
       <c r="L37" s="94"/>
       <c r="M37" s="94"/>
       <c r="N37" s="94"/>
       <c r="O37" s="47">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:16" ht="12.95" customHeight="1">
       <c r="A38" s="18" t="str">
         <f t="shared" si="3"/>
         <v>Site 5 Name</v>
       </c>
       <c r="B38" s="94"/>
       <c r="C38" s="94"/>
       <c r="D38" s="94"/>
       <c r="E38" s="94"/>
       <c r="F38" s="94"/>
       <c r="G38" s="94"/>
       <c r="H38" s="94"/>
       <c r="I38" s="94"/>
       <c r="J38" s="94"/>
       <c r="K38" s="94"/>
       <c r="L38" s="94"/>
       <c r="M38" s="94"/>
       <c r="N38" s="94"/>
       <c r="O38" s="48">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:16" ht="12.95" customHeight="1">
       <c r="A39" s="19" t="str">
         <f t="shared" si="3"/>
         <v>Site 6 Name</v>
       </c>
       <c r="B39" s="94"/>
       <c r="C39" s="94"/>
       <c r="D39" s="94"/>
       <c r="E39" s="94"/>
       <c r="F39" s="94"/>
       <c r="G39" s="94"/>
       <c r="H39" s="94"/>
       <c r="I39" s="94"/>
       <c r="J39" s="94"/>
       <c r="K39" s="94"/>
       <c r="L39" s="94"/>
       <c r="M39" s="94"/>
       <c r="N39" s="94"/>
       <c r="O39" s="49">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:16" ht="12.95" customHeight="1">
       <c r="A40" s="20" t="str">
         <f t="shared" si="3"/>
         <v>Site 7 Name</v>
       </c>
       <c r="B40" s="94"/>
       <c r="C40" s="94"/>
       <c r="D40" s="94"/>
       <c r="E40" s="94"/>
       <c r="F40" s="94"/>
       <c r="G40" s="94"/>
       <c r="H40" s="94"/>
       <c r="I40" s="94"/>
       <c r="J40" s="94"/>
       <c r="K40" s="94"/>
       <c r="L40" s="94"/>
       <c r="M40" s="94"/>
       <c r="N40" s="94"/>
       <c r="O40" s="50">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:16" ht="12.95" customHeight="1">
       <c r="A41" s="21" t="str">
         <f t="shared" si="3"/>
         <v>Site 8 Name</v>
       </c>
       <c r="B41" s="94"/>
       <c r="C41" s="94"/>
       <c r="D41" s="94"/>
       <c r="E41" s="94"/>
       <c r="F41" s="94"/>
       <c r="G41" s="94"/>
       <c r="H41" s="94"/>
       <c r="I41" s="94"/>
       <c r="J41" s="94"/>
       <c r="K41" s="94"/>
       <c r="L41" s="94"/>
       <c r="M41" s="94"/>
       <c r="N41" s="94"/>
       <c r="O41" s="51">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:16" ht="12.95" customHeight="1">
       <c r="A42" s="22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="B42" s="94"/>
       <c r="C42" s="94"/>
       <c r="D42" s="94"/>
       <c r="E42" s="94"/>
       <c r="F42" s="94"/>
       <c r="G42" s="94"/>
       <c r="H42" s="94"/>
       <c r="I42" s="94"/>
       <c r="J42" s="94"/>
       <c r="K42" s="94"/>
       <c r="L42" s="94"/>
       <c r="M42" s="94"/>
       <c r="N42" s="94"/>
       <c r="O42" s="52">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:16" ht="12.95" customHeight="1">
       <c r="A43" s="92" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B43" s="93">
         <f>SUM(B34:B42)</f>
         <v>0</v>
       </c>
       <c r="C43" s="93">
         <f t="shared" ref="C43:N43" si="5">SUM(C34:C42)</f>
         <v>0</v>
       </c>
       <c r="D43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="E43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="F43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
@@ -6535,364 +6565,364 @@
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="J43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="K43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="L43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="M43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="N43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="O43" s="52"/>
     </row>
-    <row r="44" spans="1:16" ht="7" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:16" ht="6.95" customHeight="1">
       <c r="A44" s="23"/>
       <c r="B44" s="24"/>
       <c r="C44" s="24"/>
       <c r="D44" s="24"/>
       <c r="E44" s="24"/>
       <c r="F44" s="24"/>
       <c r="G44" s="24"/>
       <c r="H44" s="24"/>
       <c r="I44" s="24"/>
       <c r="J44" s="24"/>
       <c r="K44" s="24"/>
       <c r="L44" s="24"/>
       <c r="M44" s="24"/>
       <c r="N44" s="24"/>
       <c r="O44" s="53"/>
       <c r="P44" s="54"/>
     </row>
-    <row r="45" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:16" ht="12.95" customHeight="1">
       <c r="A45" s="59" t="s">
-        <v>3</v>
+        <v>73</v>
       </c>
       <c r="B45" s="62" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
       <c r="M45" s="3"/>
       <c r="N45" s="3"/>
       <c r="O45" s="38"/>
     </row>
-    <row r="46" spans="1:16" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="46" spans="1:16" ht="12.95" customHeight="1" thickBot="1">
       <c r="A46" s="7" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="B46" s="1">
         <v>1</v>
       </c>
       <c r="C46" s="1">
         <v>2</v>
       </c>
       <c r="D46" s="1">
         <v>3</v>
       </c>
       <c r="E46" s="1">
         <v>4</v>
       </c>
       <c r="F46" s="1">
         <v>5</v>
       </c>
       <c r="G46" s="1">
         <v>6</v>
       </c>
       <c r="H46" s="1">
         <v>7</v>
       </c>
       <c r="I46" s="1">
         <v>8</v>
       </c>
       <c r="J46" s="1">
         <v>9</v>
       </c>
       <c r="K46" s="1">
         <v>10</v>
       </c>
       <c r="L46" s="1">
         <v>11</v>
       </c>
       <c r="M46" s="1">
         <v>12</v>
       </c>
       <c r="N46" s="1">
         <v>13</v>
       </c>
       <c r="O46" s="42" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16" ht="12.95" customHeight="1">
       <c r="A47" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B47" s="25"/>
       <c r="C47" s="25"/>
       <c r="D47" s="25"/>
       <c r="E47" s="25"/>
       <c r="F47" s="25"/>
       <c r="G47" s="25"/>
       <c r="H47" s="25"/>
       <c r="I47" s="25"/>
       <c r="J47" s="25"/>
       <c r="K47" s="25"/>
       <c r="L47" s="25"/>
       <c r="M47" s="25"/>
       <c r="N47" s="25"/>
       <c r="O47" s="42"/>
     </row>
-    <row r="48" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:16" ht="12.95" customHeight="1">
       <c r="A48" s="16" t="str">
         <f t="shared" ref="A48:A55" si="6">A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="B48" s="94"/>
       <c r="C48" s="94"/>
       <c r="D48" s="94"/>
       <c r="E48" s="94"/>
       <c r="F48" s="94"/>
       <c r="G48" s="94"/>
       <c r="H48" s="94"/>
       <c r="I48" s="94"/>
       <c r="J48" s="94"/>
       <c r="K48" s="94"/>
       <c r="L48" s="94"/>
       <c r="M48" s="94"/>
       <c r="N48" s="94"/>
       <c r="O48" s="44">
         <f t="shared" ref="O48:O56" si="7">(SUM(B48:N48)/13)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="49" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:15" ht="12.95" customHeight="1">
       <c r="A49" s="15" t="str">
         <f t="shared" si="6"/>
         <v>Site 2 Name</v>
       </c>
       <c r="B49" s="94"/>
       <c r="C49" s="94"/>
       <c r="D49" s="94"/>
       <c r="E49" s="94"/>
       <c r="F49" s="94"/>
       <c r="G49" s="94"/>
       <c r="H49" s="94"/>
       <c r="I49" s="94"/>
       <c r="J49" s="94"/>
       <c r="K49" s="94"/>
       <c r="L49" s="94"/>
       <c r="M49" s="94"/>
       <c r="N49" s="94"/>
       <c r="O49" s="45">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="50" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:15" ht="12.95" customHeight="1">
       <c r="A50" s="14" t="str">
         <f t="shared" si="6"/>
         <v>Site 3 Name</v>
       </c>
       <c r="B50" s="94"/>
       <c r="C50" s="94"/>
       <c r="D50" s="94"/>
       <c r="E50" s="94"/>
       <c r="F50" s="94"/>
       <c r="G50" s="94"/>
       <c r="H50" s="94"/>
       <c r="I50" s="94"/>
       <c r="J50" s="94"/>
       <c r="K50" s="94"/>
       <c r="L50" s="94"/>
       <c r="M50" s="94"/>
       <c r="N50" s="94"/>
       <c r="O50" s="46">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="51" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:15" ht="12.95" customHeight="1">
       <c r="A51" s="17" t="str">
         <f t="shared" si="6"/>
         <v>Site 4 Name</v>
       </c>
       <c r="B51" s="94"/>
       <c r="C51" s="94"/>
       <c r="D51" s="94"/>
       <c r="E51" s="94"/>
       <c r="F51" s="94"/>
       <c r="G51" s="94"/>
       <c r="H51" s="94"/>
       <c r="I51" s="94"/>
       <c r="J51" s="94"/>
       <c r="K51" s="94"/>
       <c r="L51" s="94"/>
       <c r="M51" s="94"/>
       <c r="N51" s="94"/>
       <c r="O51" s="47">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="52" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:15" ht="12.95" customHeight="1">
       <c r="A52" s="18" t="str">
         <f t="shared" si="6"/>
         <v>Site 5 Name</v>
       </c>
       <c r="B52" s="94"/>
       <c r="C52" s="94"/>
       <c r="D52" s="94"/>
       <c r="E52" s="94"/>
       <c r="F52" s="94"/>
       <c r="G52" s="94"/>
       <c r="H52" s="94"/>
       <c r="I52" s="94"/>
       <c r="J52" s="94"/>
       <c r="K52" s="94"/>
       <c r="L52" s="94"/>
       <c r="M52" s="94"/>
       <c r="N52" s="94"/>
       <c r="O52" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="53" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:15" ht="12.95" customHeight="1">
       <c r="A53" s="19" t="str">
         <f t="shared" si="6"/>
         <v>Site 6 Name</v>
       </c>
       <c r="B53" s="94"/>
       <c r="C53" s="94"/>
       <c r="D53" s="94"/>
       <c r="E53" s="94"/>
       <c r="F53" s="94"/>
       <c r="G53" s="94"/>
       <c r="H53" s="94"/>
       <c r="I53" s="94"/>
       <c r="J53" s="94"/>
       <c r="K53" s="94"/>
       <c r="L53" s="94"/>
       <c r="M53" s="94"/>
       <c r="N53" s="94"/>
       <c r="O53" s="49">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="54" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:15" ht="12.95" customHeight="1">
       <c r="A54" s="20" t="str">
         <f t="shared" si="6"/>
         <v>Site 7 Name</v>
       </c>
       <c r="B54" s="94"/>
       <c r="C54" s="94"/>
       <c r="D54" s="94"/>
       <c r="E54" s="94"/>
       <c r="F54" s="94"/>
       <c r="G54" s="94"/>
       <c r="H54" s="94"/>
       <c r="I54" s="94"/>
       <c r="J54" s="94"/>
       <c r="K54" s="94"/>
       <c r="L54" s="94"/>
       <c r="M54" s="94"/>
       <c r="N54" s="94"/>
       <c r="O54" s="50">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="55" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:15" ht="12.95" customHeight="1">
       <c r="A55" s="21" t="str">
         <f t="shared" si="6"/>
         <v>Site 8 Name</v>
       </c>
       <c r="B55" s="94"/>
       <c r="C55" s="94"/>
       <c r="D55" s="94"/>
       <c r="E55" s="94"/>
       <c r="F55" s="94"/>
       <c r="G55" s="94"/>
       <c r="H55" s="94"/>
       <c r="I55" s="94"/>
       <c r="J55" s="94"/>
       <c r="K55" s="94"/>
       <c r="L55" s="94"/>
       <c r="M55" s="94"/>
       <c r="N55" s="94"/>
       <c r="O55" s="51">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="56" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:15" ht="12.95" customHeight="1">
       <c r="A56" s="22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="B56" s="94"/>
       <c r="C56" s="94"/>
       <c r="D56" s="94"/>
       <c r="E56" s="94"/>
       <c r="F56" s="94"/>
       <c r="G56" s="94"/>
       <c r="H56" s="94"/>
       <c r="I56" s="94"/>
       <c r="J56" s="94"/>
       <c r="K56" s="94"/>
       <c r="L56" s="94"/>
       <c r="M56" s="94"/>
       <c r="N56" s="94"/>
       <c r="O56" s="52">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="57" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:15" ht="12.95" customHeight="1">
       <c r="A57" s="92" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B57" s="93">
         <f>SUM(B48:B56)</f>
         <v>0</v>
       </c>
       <c r="C57" s="93">
         <f t="shared" ref="C57:N57" si="8">SUM(C48:C56)</f>
         <v>0</v>
       </c>
       <c r="D57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="E57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="F57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="G57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
@@ -6904,363 +6934,363 @@
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="J57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="K57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="L57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="M57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="N57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="O57" s="52"/>
     </row>
-    <row r="58" spans="1:15" ht="7" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:15" ht="6.95" customHeight="1">
       <c r="A58" s="23"/>
       <c r="B58" s="24"/>
       <c r="C58" s="24"/>
       <c r="D58" s="24"/>
       <c r="E58" s="24"/>
       <c r="F58" s="24"/>
       <c r="G58" s="24"/>
       <c r="H58" s="24"/>
       <c r="I58" s="24"/>
       <c r="J58" s="24"/>
       <c r="K58" s="24"/>
       <c r="L58" s="24"/>
       <c r="M58" s="24"/>
       <c r="N58" s="24"/>
       <c r="O58" s="53"/>
     </row>
-    <row r="59" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:15" ht="12.95" customHeight="1">
       <c r="A59" s="59" t="s">
-        <v>4</v>
+        <v>78</v>
       </c>
       <c r="B59" s="62" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C59" s="3"/>
       <c r="D59" s="3"/>
       <c r="E59" s="3"/>
       <c r="F59" s="3"/>
       <c r="G59" s="3"/>
       <c r="H59" s="3"/>
       <c r="I59" s="3"/>
       <c r="J59" s="3"/>
       <c r="K59" s="3"/>
       <c r="L59" s="3"/>
       <c r="M59" s="3"/>
       <c r="N59" s="3"/>
       <c r="O59" s="38"/>
     </row>
-    <row r="60" spans="1:15" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="60" spans="1:15" ht="12.95" customHeight="1" thickBot="1">
       <c r="A60" s="7" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="B60" s="1">
         <v>1</v>
       </c>
       <c r="C60" s="1">
         <v>2</v>
       </c>
       <c r="D60" s="1">
         <v>3</v>
       </c>
       <c r="E60" s="1">
         <v>4</v>
       </c>
       <c r="F60" s="1">
         <v>5</v>
       </c>
       <c r="G60" s="1">
         <v>6</v>
       </c>
       <c r="H60" s="1">
         <v>7</v>
       </c>
       <c r="I60" s="1">
         <v>8</v>
       </c>
       <c r="J60" s="1">
         <v>9</v>
       </c>
       <c r="K60" s="1">
         <v>10</v>
       </c>
       <c r="L60" s="1">
         <v>11</v>
       </c>
       <c r="M60" s="1">
         <v>12</v>
       </c>
       <c r="N60" s="1">
         <v>13</v>
       </c>
       <c r="O60" s="42" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="61" spans="1:15" ht="12.95" customHeight="1">
       <c r="A61" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B61" s="25"/>
       <c r="C61" s="25"/>
       <c r="D61" s="25"/>
       <c r="E61" s="25"/>
       <c r="F61" s="25"/>
       <c r="G61" s="25"/>
       <c r="H61" s="25"/>
       <c r="I61" s="25"/>
       <c r="J61" s="25"/>
       <c r="K61" s="25"/>
       <c r="L61" s="25"/>
       <c r="M61" s="25"/>
       <c r="N61" s="25"/>
       <c r="O61" s="42"/>
     </row>
-    <row r="62" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:15" ht="12.95" customHeight="1">
       <c r="A62" s="16" t="str">
         <f t="shared" ref="A62:A69" si="9">A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="B62" s="94"/>
       <c r="C62" s="94"/>
       <c r="D62" s="94"/>
       <c r="E62" s="94"/>
       <c r="F62" s="94"/>
       <c r="G62" s="94"/>
       <c r="H62" s="94"/>
       <c r="I62" s="94"/>
       <c r="J62" s="94"/>
       <c r="K62" s="94"/>
       <c r="L62" s="94"/>
       <c r="M62" s="94"/>
       <c r="N62" s="94"/>
       <c r="O62" s="44">
         <f t="shared" ref="O62:O70" si="10">(SUM(B62:N62)/13)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="63" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:15" ht="12.95" customHeight="1">
       <c r="A63" s="15" t="str">
         <f t="shared" si="9"/>
         <v>Site 2 Name</v>
       </c>
       <c r="B63" s="94"/>
       <c r="C63" s="94"/>
       <c r="D63" s="94"/>
       <c r="E63" s="94"/>
       <c r="F63" s="94"/>
       <c r="G63" s="94"/>
       <c r="H63" s="94"/>
       <c r="I63" s="94"/>
       <c r="J63" s="94"/>
       <c r="K63" s="94"/>
       <c r="L63" s="94"/>
       <c r="M63" s="94"/>
       <c r="N63" s="94"/>
       <c r="O63" s="45">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="64" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:15" ht="12.95" customHeight="1">
       <c r="A64" s="14" t="str">
         <f t="shared" si="9"/>
         <v>Site 3 Name</v>
       </c>
       <c r="B64" s="94"/>
       <c r="C64" s="94"/>
       <c r="D64" s="94"/>
       <c r="E64" s="94"/>
       <c r="F64" s="94"/>
       <c r="G64" s="94"/>
       <c r="H64" s="94"/>
       <c r="I64" s="94"/>
       <c r="J64" s="94"/>
       <c r="K64" s="94"/>
       <c r="L64" s="94"/>
       <c r="M64" s="94"/>
       <c r="N64" s="94"/>
       <c r="O64" s="46">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="65" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:15" ht="12.95" customHeight="1">
       <c r="A65" s="17" t="str">
         <f t="shared" si="9"/>
         <v>Site 4 Name</v>
       </c>
       <c r="B65" s="94"/>
       <c r="C65" s="94"/>
       <c r="D65" s="94"/>
       <c r="E65" s="94"/>
       <c r="F65" s="94"/>
       <c r="G65" s="94"/>
       <c r="H65" s="94"/>
       <c r="I65" s="94"/>
       <c r="J65" s="94"/>
       <c r="K65" s="94"/>
       <c r="L65" s="94"/>
       <c r="M65" s="94"/>
       <c r="N65" s="94"/>
       <c r="O65" s="47">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="66" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:15" ht="12.95" customHeight="1">
       <c r="A66" s="18" t="str">
         <f t="shared" si="9"/>
         <v>Site 5 Name</v>
       </c>
       <c r="B66" s="94"/>
       <c r="C66" s="94"/>
       <c r="D66" s="94"/>
       <c r="E66" s="94"/>
       <c r="F66" s="94"/>
       <c r="G66" s="94"/>
       <c r="H66" s="94"/>
       <c r="I66" s="94"/>
       <c r="J66" s="94"/>
       <c r="K66" s="94"/>
       <c r="L66" s="94"/>
       <c r="M66" s="94"/>
       <c r="N66" s="94"/>
       <c r="O66" s="48">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="67" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:15" ht="12.95" customHeight="1">
       <c r="A67" s="19" t="str">
         <f t="shared" si="9"/>
         <v>Site 6 Name</v>
       </c>
       <c r="B67" s="94"/>
       <c r="C67" s="94"/>
       <c r="D67" s="94"/>
       <c r="E67" s="94"/>
       <c r="F67" s="94"/>
       <c r="G67" s="94"/>
       <c r="H67" s="94"/>
       <c r="I67" s="94"/>
       <c r="J67" s="94"/>
       <c r="K67" s="94"/>
       <c r="L67" s="94"/>
       <c r="M67" s="94"/>
       <c r="N67" s="94"/>
       <c r="O67" s="49">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="68" spans="1:15" s="55" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:15" s="55" customFormat="1" ht="12.95" customHeight="1">
       <c r="A68" s="20" t="str">
         <f t="shared" si="9"/>
         <v>Site 7 Name</v>
       </c>
       <c r="B68" s="94"/>
       <c r="C68" s="94"/>
       <c r="D68" s="94"/>
       <c r="E68" s="94"/>
       <c r="F68" s="94"/>
       <c r="G68" s="94"/>
       <c r="H68" s="94"/>
       <c r="I68" s="94"/>
       <c r="J68" s="94"/>
       <c r="K68" s="94"/>
       <c r="L68" s="94"/>
       <c r="M68" s="94"/>
       <c r="N68" s="94"/>
       <c r="O68" s="50">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="69" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="69" spans="1:15" ht="12.95" customHeight="1">
       <c r="A69" s="21" t="str">
         <f t="shared" si="9"/>
         <v>Site 8 Name</v>
       </c>
       <c r="B69" s="94"/>
       <c r="C69" s="94"/>
       <c r="D69" s="94"/>
       <c r="E69" s="94"/>
       <c r="F69" s="94"/>
       <c r="G69" s="94"/>
       <c r="H69" s="94"/>
       <c r="I69" s="94"/>
       <c r="J69" s="94"/>
       <c r="K69" s="94"/>
       <c r="L69" s="94"/>
       <c r="M69" s="94"/>
       <c r="N69" s="94"/>
       <c r="O69" s="51">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="70" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:15" ht="12.95" customHeight="1">
       <c r="A70" s="22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="B70" s="94"/>
       <c r="C70" s="94"/>
       <c r="D70" s="94"/>
       <c r="E70" s="94"/>
       <c r="F70" s="94"/>
       <c r="G70" s="94"/>
       <c r="H70" s="94"/>
       <c r="I70" s="94"/>
       <c r="J70" s="94"/>
       <c r="K70" s="94"/>
       <c r="L70" s="94"/>
       <c r="M70" s="94"/>
       <c r="N70" s="94"/>
       <c r="O70" s="52">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="71" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:15" ht="12.95" customHeight="1">
       <c r="A71" s="92" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B71" s="93">
         <f>SUM(B62:B70)</f>
         <v>0</v>
       </c>
       <c r="C71" s="93">
         <f t="shared" ref="C71:N71" si="11">SUM(C62:C70)</f>
         <v>0</v>
       </c>
       <c r="D71" s="93">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="E71" s="93">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="F71" s="93">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="G71" s="93">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
@@ -7272,363 +7302,363 @@
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="J71" s="93">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="K71" s="93">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L71" s="93">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="M71" s="93">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N71" s="93">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="O71" s="52"/>
     </row>
-    <row r="72" spans="1:15" ht="7" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="72" spans="1:15" ht="6.95" customHeight="1">
       <c r="A72" s="23"/>
       <c r="B72" s="24"/>
       <c r="C72" s="24"/>
       <c r="D72" s="24"/>
       <c r="E72" s="24"/>
       <c r="F72" s="24"/>
       <c r="G72" s="24"/>
       <c r="H72" s="24"/>
       <c r="I72" s="24"/>
       <c r="J72" s="24"/>
       <c r="K72" s="24"/>
       <c r="L72" s="24"/>
       <c r="M72" s="24"/>
       <c r="N72" s="24"/>
       <c r="O72" s="53"/>
     </row>
-    <row r="73" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:15" ht="12.95" customHeight="1">
       <c r="A73" s="59" t="s">
-        <v>5</v>
+        <v>82</v>
       </c>
       <c r="B73" s="62" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
       <c r="M73" s="3"/>
       <c r="N73" s="3"/>
       <c r="O73" s="38"/>
     </row>
-    <row r="74" spans="1:15" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="74" spans="1:15" ht="12.95" customHeight="1" thickBot="1">
       <c r="A74" s="7" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="B74" s="1">
         <v>1</v>
       </c>
       <c r="C74" s="1">
         <v>2</v>
       </c>
       <c r="D74" s="1">
         <v>3</v>
       </c>
       <c r="E74" s="1">
         <v>4</v>
       </c>
       <c r="F74" s="1">
         <v>5</v>
       </c>
       <c r="G74" s="1">
         <v>6</v>
       </c>
       <c r="H74" s="1">
         <v>7</v>
       </c>
       <c r="I74" s="1">
         <v>8</v>
       </c>
       <c r="J74" s="1">
         <v>9</v>
       </c>
       <c r="K74" s="1">
         <v>10</v>
       </c>
       <c r="L74" s="1">
         <v>11</v>
       </c>
       <c r="M74" s="1">
         <v>12</v>
       </c>
       <c r="N74" s="1">
         <v>13</v>
       </c>
       <c r="O74" s="42" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="75" spans="1:15" ht="12.95" customHeight="1">
       <c r="A75" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B75" s="25"/>
       <c r="C75" s="25"/>
       <c r="D75" s="25"/>
       <c r="E75" s="25"/>
       <c r="F75" s="25"/>
       <c r="G75" s="25"/>
       <c r="H75" s="25"/>
       <c r="I75" s="25"/>
       <c r="J75" s="25"/>
       <c r="K75" s="25"/>
       <c r="L75" s="25"/>
       <c r="M75" s="25"/>
       <c r="N75" s="25"/>
       <c r="O75" s="42"/>
     </row>
-    <row r="76" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="76" spans="1:15" ht="12.95" customHeight="1">
       <c r="A76" s="16" t="str">
         <f t="shared" ref="A76:A83" si="12">A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="B76" s="94"/>
       <c r="C76" s="94"/>
       <c r="D76" s="94"/>
       <c r="E76" s="94"/>
       <c r="F76" s="94"/>
       <c r="G76" s="94"/>
       <c r="H76" s="94"/>
       <c r="I76" s="94"/>
       <c r="J76" s="94"/>
       <c r="K76" s="94"/>
       <c r="L76" s="94"/>
       <c r="M76" s="94"/>
       <c r="N76" s="94"/>
       <c r="O76" s="44">
         <f t="shared" ref="O76:O84" si="13">(SUM(B76:N76)/13)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="77" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="77" spans="1:15" ht="12.95" customHeight="1">
       <c r="A77" s="15" t="str">
         <f t="shared" si="12"/>
         <v>Site 2 Name</v>
       </c>
       <c r="B77" s="94"/>
       <c r="C77" s="94"/>
       <c r="D77" s="94"/>
       <c r="E77" s="94"/>
       <c r="F77" s="94"/>
       <c r="G77" s="94"/>
       <c r="H77" s="94"/>
       <c r="I77" s="94"/>
       <c r="J77" s="94"/>
       <c r="K77" s="94"/>
       <c r="L77" s="94"/>
       <c r="M77" s="94"/>
       <c r="N77" s="94"/>
       <c r="O77" s="45">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
     </row>
-    <row r="78" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="78" spans="1:15" ht="12.95" customHeight="1">
       <c r="A78" s="14" t="str">
         <f t="shared" si="12"/>
         <v>Site 3 Name</v>
       </c>
       <c r="B78" s="94"/>
       <c r="C78" s="94"/>
       <c r="D78" s="94"/>
       <c r="E78" s="94"/>
       <c r="F78" s="94"/>
       <c r="G78" s="94"/>
       <c r="H78" s="94"/>
       <c r="I78" s="94"/>
       <c r="J78" s="94"/>
       <c r="K78" s="94"/>
       <c r="L78" s="94"/>
       <c r="M78" s="94"/>
       <c r="N78" s="94"/>
       <c r="O78" s="46">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
     </row>
-    <row r="79" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="79" spans="1:15" ht="12.95" customHeight="1">
       <c r="A79" s="17" t="str">
         <f t="shared" si="12"/>
         <v>Site 4 Name</v>
       </c>
       <c r="B79" s="94"/>
       <c r="C79" s="94"/>
       <c r="D79" s="94"/>
       <c r="E79" s="94"/>
       <c r="F79" s="94"/>
       <c r="G79" s="94"/>
       <c r="H79" s="94"/>
       <c r="I79" s="94"/>
       <c r="J79" s="94"/>
       <c r="K79" s="94"/>
       <c r="L79" s="94"/>
       <c r="M79" s="94"/>
       <c r="N79" s="94"/>
       <c r="O79" s="47">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
     </row>
-    <row r="80" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="80" spans="1:15" ht="12.95" customHeight="1">
       <c r="A80" s="18" t="str">
         <f t="shared" si="12"/>
         <v>Site 5 Name</v>
       </c>
       <c r="B80" s="94"/>
       <c r="C80" s="94"/>
       <c r="D80" s="94"/>
       <c r="E80" s="94"/>
       <c r="F80" s="94"/>
       <c r="G80" s="94"/>
       <c r="H80" s="94"/>
       <c r="I80" s="94"/>
       <c r="J80" s="94"/>
       <c r="K80" s="94"/>
       <c r="L80" s="94"/>
       <c r="M80" s="94"/>
       <c r="N80" s="94"/>
       <c r="O80" s="48">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
     </row>
-    <row r="81" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="81" spans="1:15" ht="12.95" customHeight="1">
       <c r="A81" s="19" t="str">
         <f t="shared" si="12"/>
         <v>Site 6 Name</v>
       </c>
       <c r="B81" s="94"/>
       <c r="C81" s="94"/>
       <c r="D81" s="94"/>
       <c r="E81" s="94"/>
       <c r="F81" s="94"/>
       <c r="G81" s="94"/>
       <c r="H81" s="94"/>
       <c r="I81" s="94"/>
       <c r="J81" s="94"/>
       <c r="K81" s="94"/>
       <c r="L81" s="94"/>
       <c r="M81" s="94"/>
       <c r="N81" s="94"/>
       <c r="O81" s="49">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
     </row>
-    <row r="82" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="82" spans="1:15" ht="12.95" customHeight="1">
       <c r="A82" s="20" t="str">
         <f t="shared" si="12"/>
         <v>Site 7 Name</v>
       </c>
       <c r="B82" s="94"/>
       <c r="C82" s="94"/>
       <c r="D82" s="94"/>
       <c r="E82" s="94"/>
       <c r="F82" s="94"/>
       <c r="G82" s="94"/>
       <c r="H82" s="94"/>
       <c r="I82" s="94"/>
       <c r="J82" s="94"/>
       <c r="K82" s="94"/>
       <c r="L82" s="94"/>
       <c r="M82" s="94"/>
       <c r="N82" s="94"/>
       <c r="O82" s="50">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
     </row>
-    <row r="83" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="83" spans="1:15" ht="12.95" customHeight="1">
       <c r="A83" s="21" t="str">
         <f t="shared" si="12"/>
         <v>Site 8 Name</v>
       </c>
       <c r="B83" s="94"/>
       <c r="C83" s="94"/>
       <c r="D83" s="94"/>
       <c r="E83" s="94"/>
       <c r="F83" s="94"/>
       <c r="G83" s="94"/>
       <c r="H83" s="94"/>
       <c r="I83" s="94"/>
       <c r="J83" s="94"/>
       <c r="K83" s="94"/>
       <c r="L83" s="94"/>
       <c r="M83" s="94"/>
       <c r="N83" s="94"/>
       <c r="O83" s="51">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
     </row>
-    <row r="84" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="84" spans="1:15" ht="12.95" customHeight="1">
       <c r="A84" s="22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="B84" s="94"/>
       <c r="C84" s="94"/>
       <c r="D84" s="94"/>
       <c r="E84" s="94"/>
       <c r="F84" s="94"/>
       <c r="G84" s="94"/>
       <c r="H84" s="94"/>
       <c r="I84" s="94"/>
       <c r="J84" s="94"/>
       <c r="K84" s="94"/>
       <c r="L84" s="94"/>
       <c r="M84" s="94"/>
       <c r="N84" s="94"/>
       <c r="O84" s="52">
         <f t="shared" si="13"/>
         <v>0</v>
       </c>
     </row>
-    <row r="85" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="85" spans="1:15" ht="12.95" customHeight="1">
       <c r="A85" s="92" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B85" s="93">
         <f>SUM(B76:B84)</f>
         <v>0</v>
       </c>
       <c r="C85" s="93">
         <f t="shared" ref="C85:N85" si="14">SUM(C76:C84)</f>
         <v>0</v>
       </c>
       <c r="D85" s="93">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="E85" s="93">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="F85" s="93">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="G85" s="93">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
@@ -7640,573 +7670,573 @@
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="J85" s="93">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="K85" s="93">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="L85" s="93">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="M85" s="93">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="N85" s="93">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="O85" s="52"/>
     </row>
-    <row r="86" spans="1:15" ht="7" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="86" spans="1:15" ht="6.95" customHeight="1" thickBot="1">
       <c r="A86" s="9"/>
       <c r="B86" s="12"/>
       <c r="C86" s="3"/>
       <c r="D86" s="3"/>
       <c r="E86" s="3"/>
       <c r="F86" s="3"/>
       <c r="G86" s="3"/>
       <c r="H86" s="3"/>
       <c r="I86" s="3"/>
       <c r="J86" s="3"/>
       <c r="K86" s="3"/>
       <c r="L86" s="3"/>
       <c r="M86" s="3"/>
       <c r="N86" s="3"/>
     </row>
-    <row r="87" spans="1:15" ht="26.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="87" spans="1:15" ht="26.45" customHeight="1" thickBot="1">
       <c r="A87" s="87" t="s">
-        <v>90</v>
+        <v>60</v>
       </c>
       <c r="B87" s="64" t="str">
         <f>A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="C87" s="65" t="str">
         <f>A9</f>
         <v>Site 2 Name</v>
       </c>
       <c r="D87" s="66" t="str">
         <f>A10</f>
         <v>Site 3 Name</v>
       </c>
       <c r="E87" s="67" t="str">
         <f>A11</f>
         <v>Site 4 Name</v>
       </c>
       <c r="F87" s="68" t="str">
         <f>A12</f>
         <v>Site 5 Name</v>
       </c>
       <c r="G87" s="69" t="str">
         <f>A13</f>
         <v>Site 6 Name</v>
       </c>
       <c r="H87" s="70" t="str">
         <f>A14</f>
         <v>Site 7 Name</v>
       </c>
       <c r="I87" s="71" t="str">
         <f>A15</f>
         <v>Site 8 Name</v>
       </c>
       <c r="J87" s="72" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="K87" s="3"/>
       <c r="L87" s="3"/>
       <c r="M87" s="3"/>
       <c r="N87" s="3"/>
     </row>
-    <row r="88" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="88" spans="1:15" ht="12.95" customHeight="1">
       <c r="A88" s="10" t="s">
-        <v>8</v>
+        <v>62</v>
       </c>
       <c r="B88" s="76">
         <f>O20</f>
         <v>0</v>
       </c>
       <c r="C88" s="76">
         <f>O21</f>
         <v>0</v>
       </c>
       <c r="D88" s="76">
         <f>O22</f>
         <v>0</v>
       </c>
       <c r="E88" s="76">
         <f>O23</f>
         <v>0</v>
       </c>
       <c r="F88" s="76">
         <f>O24</f>
         <v>0</v>
       </c>
       <c r="G88" s="76">
         <f>O25</f>
         <v>0</v>
       </c>
       <c r="H88" s="76">
         <f>O26</f>
         <v>0</v>
       </c>
       <c r="I88" s="76">
         <f>O27</f>
         <v>0</v>
       </c>
       <c r="J88" s="77">
         <f>O28</f>
         <v>0</v>
       </c>
       <c r="K88" s="3"/>
       <c r="L88" s="3"/>
       <c r="M88" s="3"/>
       <c r="N88" s="3"/>
     </row>
-    <row r="89" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="89" spans="1:15" ht="12.95" customHeight="1">
       <c r="A89" s="11" t="s">
-        <v>9</v>
+        <v>70</v>
       </c>
       <c r="B89" s="4">
         <f>O34</f>
         <v>0</v>
       </c>
       <c r="C89" s="4">
         <f>O35</f>
         <v>0</v>
       </c>
       <c r="D89" s="4">
         <f>O36</f>
         <v>0</v>
       </c>
       <c r="E89" s="4">
         <f>O37</f>
         <v>0</v>
       </c>
       <c r="F89" s="4">
         <f>O38</f>
         <v>0</v>
       </c>
       <c r="G89" s="4">
         <f>O39</f>
         <v>0</v>
       </c>
       <c r="H89" s="4">
         <f>O40</f>
         <v>0</v>
       </c>
       <c r="I89" s="4">
         <f>O41</f>
         <v>0</v>
       </c>
       <c r="J89" s="13">
         <f>O42</f>
         <v>0</v>
       </c>
       <c r="K89" s="3"/>
       <c r="L89" s="3"/>
       <c r="M89" s="3"/>
       <c r="N89" s="3"/>
     </row>
-    <row r="90" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="90" spans="1:15" ht="12.95" customHeight="1">
       <c r="A90" s="11" t="s">
-        <v>10</v>
+        <v>74</v>
       </c>
       <c r="B90" s="4">
         <f>O48</f>
         <v>0</v>
       </c>
       <c r="C90" s="4">
         <f>O49</f>
         <v>0</v>
       </c>
       <c r="D90" s="4">
         <f>O50</f>
         <v>0</v>
       </c>
       <c r="E90" s="4">
         <f>O51</f>
         <v>0</v>
       </c>
       <c r="F90" s="4">
         <f>O52</f>
         <v>0</v>
       </c>
       <c r="G90" s="4">
         <f>O53</f>
         <v>0</v>
       </c>
       <c r="H90" s="4">
         <f>O54</f>
         <v>0</v>
       </c>
       <c r="I90" s="4">
         <f>O55</f>
         <v>0</v>
       </c>
       <c r="J90" s="13">
         <f>O56</f>
         <v>0</v>
       </c>
       <c r="K90" s="3"/>
       <c r="L90" s="3"/>
       <c r="M90" s="3"/>
       <c r="N90" s="3"/>
     </row>
-    <row r="91" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="91" spans="1:15" ht="12.95" customHeight="1">
       <c r="A91" s="11" t="s">
-        <v>11</v>
+        <v>79</v>
       </c>
       <c r="B91" s="4">
         <f>O62</f>
         <v>0</v>
       </c>
       <c r="C91" s="4">
         <f>O63</f>
         <v>0</v>
       </c>
       <c r="D91" s="4">
         <f>O64</f>
         <v>0</v>
       </c>
       <c r="E91" s="4">
         <f>O65</f>
         <v>0</v>
       </c>
       <c r="F91" s="4">
         <f>O66</f>
         <v>0</v>
       </c>
       <c r="G91" s="4">
         <f>O67</f>
         <v>0</v>
       </c>
       <c r="H91" s="4">
         <f>O68</f>
         <v>0</v>
       </c>
       <c r="I91" s="4">
         <f>O69</f>
         <v>0</v>
       </c>
       <c r="J91" s="13">
         <f>O70</f>
         <v>0</v>
       </c>
       <c r="K91" s="3"/>
       <c r="L91" s="3"/>
       <c r="M91" s="3"/>
       <c r="N91" s="3"/>
     </row>
-    <row r="92" spans="1:15" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="92" spans="1:15" ht="12.95" customHeight="1" thickBot="1">
       <c r="A92" s="78" t="s">
-        <v>12</v>
+        <v>83</v>
       </c>
       <c r="B92" s="79">
         <f>O76</f>
         <v>0</v>
       </c>
       <c r="C92" s="79">
         <f>O77</f>
         <v>0</v>
       </c>
       <c r="D92" s="79">
         <f>O78</f>
         <v>0</v>
       </c>
       <c r="E92" s="79">
         <f>O79</f>
         <v>0</v>
       </c>
       <c r="F92" s="79">
         <f>O80</f>
         <v>0</v>
       </c>
       <c r="G92" s="79">
         <f>O81</f>
         <v>0</v>
       </c>
       <c r="H92" s="79">
         <f>O82</f>
         <v>0</v>
       </c>
       <c r="I92" s="79">
         <f>O83</f>
         <v>0</v>
       </c>
       <c r="J92" s="80">
         <f>O84</f>
         <v>0</v>
       </c>
       <c r="K92" s="3"/>
       <c r="L92" s="179" t="s">
-        <v>31</v>
+        <v>75</v>
       </c>
       <c r="M92" s="179"/>
       <c r="N92" s="91"/>
     </row>
-    <row r="93" spans="1:15" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="93" spans="1:15" ht="12.95" customHeight="1" thickBot="1">
       <c r="A93" s="73" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
       <c r="B93" s="74">
         <f>(SUM(B88:B92)/(COUNTA(B88:B92)))</f>
         <v>0</v>
       </c>
       <c r="C93" s="74">
         <f t="shared" ref="C93:J93" si="15">(SUM(C88:C92)/(COUNTA(C88:C92)))</f>
         <v>0</v>
       </c>
       <c r="D93" s="74">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="E93" s="74">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="F93" s="74">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="G93" s="74">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="H93" s="74">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="I93" s="74">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="J93" s="75">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
       <c r="K93" s="56">
         <f>SUM(B93:J93)</f>
         <v>0</v>
       </c>
       <c r="L93" s="179"/>
       <c r="M93" s="179"/>
       <c r="N93" s="91"/>
     </row>
-    <row r="94" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="94" spans="1:15" ht="12.95" customHeight="1">
       <c r="A94" s="60" t="s">
-        <v>33</v>
+        <v>64</v>
       </c>
       <c r="B94" s="3"/>
       <c r="C94" s="3"/>
       <c r="D94" s="3"/>
       <c r="E94" s="3"/>
       <c r="F94" s="3"/>
       <c r="H94" s="3"/>
       <c r="I94" s="3"/>
       <c r="J94" s="3"/>
       <c r="K94" s="5"/>
       <c r="L94" s="3"/>
       <c r="M94" s="3"/>
       <c r="N94" s="3"/>
     </row>
-    <row r="95" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="95" spans="1:15" ht="12.95" customHeight="1">
       <c r="A95" s="2"/>
       <c r="B95" s="3"/>
       <c r="C95" s="3"/>
       <c r="D95" s="3"/>
       <c r="E95" s="3"/>
       <c r="F95" s="3"/>
       <c r="G95" s="3"/>
       <c r="H95" s="3"/>
       <c r="I95" s="3"/>
       <c r="J95" s="3"/>
       <c r="K95" s="3"/>
       <c r="L95" s="3"/>
       <c r="M95" s="3"/>
       <c r="N95" s="3"/>
     </row>
-    <row r="96" spans="1:15" ht="14.6" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="96" spans="1:15" ht="14.45" thickBot="1">
       <c r="A96" s="116" t="s">
-        <v>6</v>
+        <v>65</v>
       </c>
       <c r="B96" s="3"/>
       <c r="C96" s="3"/>
       <c r="D96" s="3"/>
       <c r="E96" s="3"/>
       <c r="F96" s="3"/>
       <c r="G96" s="3"/>
       <c r="H96" s="3"/>
       <c r="I96" s="3"/>
       <c r="J96" s="3"/>
       <c r="K96" s="3"/>
       <c r="L96" s="3"/>
       <c r="M96" s="3"/>
       <c r="N96" s="3"/>
     </row>
-    <row r="97" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="97" spans="1:15">
       <c r="A97" s="81"/>
       <c r="B97" s="82"/>
       <c r="C97" s="82"/>
       <c r="D97" s="82"/>
       <c r="E97" s="82"/>
       <c r="F97" s="82"/>
       <c r="G97" s="82"/>
       <c r="H97" s="82"/>
       <c r="I97" s="82"/>
       <c r="J97" s="82"/>
       <c r="K97" s="82"/>
       <c r="L97" s="82"/>
       <c r="M97" s="82"/>
       <c r="N97" s="82"/>
       <c r="O97" s="88"/>
     </row>
-    <row r="98" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="98" spans="1:15">
       <c r="A98" s="83"/>
       <c r="B98" s="57"/>
       <c r="C98" s="57"/>
       <c r="D98" s="57"/>
       <c r="E98" s="57"/>
       <c r="F98" s="57"/>
       <c r="G98" s="57"/>
       <c r="H98" s="57"/>
       <c r="I98" s="57"/>
       <c r="J98" s="57"/>
       <c r="K98" s="57"/>
       <c r="L98" s="57"/>
       <c r="M98" s="57"/>
       <c r="N98" s="57"/>
       <c r="O98" s="89"/>
     </row>
-    <row r="99" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="99" spans="1:15">
       <c r="A99" s="84"/>
       <c r="B99" s="58"/>
       <c r="C99" s="58"/>
       <c r="D99" s="58"/>
       <c r="E99" s="58"/>
       <c r="F99" s="58"/>
       <c r="G99" s="58"/>
       <c r="H99" s="58"/>
       <c r="I99" s="58"/>
       <c r="J99" s="58"/>
       <c r="K99" s="58"/>
       <c r="L99" s="58"/>
       <c r="M99" s="58"/>
       <c r="N99" s="58"/>
       <c r="O99" s="89"/>
     </row>
-    <row r="100" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="100" spans="1:15">
       <c r="A100" s="83"/>
       <c r="B100" s="57"/>
       <c r="C100" s="57"/>
       <c r="D100" s="57"/>
       <c r="E100" s="57"/>
       <c r="F100" s="57"/>
       <c r="G100" s="57"/>
       <c r="H100" s="57"/>
       <c r="I100" s="57"/>
       <c r="J100" s="57"/>
       <c r="K100" s="57"/>
       <c r="L100" s="57"/>
       <c r="M100" s="57"/>
       <c r="N100" s="57"/>
       <c r="O100" s="89"/>
     </row>
-    <row r="101" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="101" spans="1:15">
       <c r="A101" s="83"/>
       <c r="B101" s="57"/>
       <c r="C101" s="57"/>
       <c r="D101" s="57"/>
       <c r="E101" s="57"/>
       <c r="F101" s="57"/>
       <c r="G101" s="57"/>
       <c r="H101" s="57"/>
       <c r="I101" s="57"/>
       <c r="J101" s="57"/>
       <c r="K101" s="57"/>
       <c r="L101" s="57"/>
       <c r="M101" s="57"/>
       <c r="N101" s="57"/>
       <c r="O101" s="89"/>
     </row>
-    <row r="102" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="102" spans="1:15">
       <c r="A102" s="83"/>
       <c r="B102" s="57"/>
       <c r="C102" s="57"/>
       <c r="D102" s="57"/>
       <c r="E102" s="57"/>
       <c r="F102" s="57"/>
       <c r="G102" s="57"/>
       <c r="H102" s="57"/>
       <c r="I102" s="57"/>
       <c r="J102" s="57"/>
       <c r="K102" s="57"/>
       <c r="L102" s="57"/>
       <c r="M102" s="57"/>
       <c r="N102" s="57"/>
       <c r="O102" s="89"/>
     </row>
-    <row r="103" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="103" spans="1:15">
       <c r="A103" s="83"/>
       <c r="B103" s="57"/>
       <c r="C103" s="57"/>
       <c r="D103" s="57"/>
       <c r="E103" s="57"/>
       <c r="F103" s="57"/>
       <c r="G103" s="57"/>
       <c r="H103" s="57"/>
       <c r="I103" s="57"/>
       <c r="J103" s="57"/>
       <c r="K103" s="57"/>
       <c r="L103" s="57"/>
       <c r="M103" s="57"/>
       <c r="N103" s="57"/>
       <c r="O103" s="89"/>
     </row>
-    <row r="104" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="104" spans="1:15">
       <c r="A104" s="83"/>
       <c r="B104" s="57"/>
       <c r="C104" s="57"/>
       <c r="D104" s="57"/>
       <c r="E104" s="57"/>
       <c r="F104" s="57"/>
       <c r="G104" s="57"/>
       <c r="H104" s="57"/>
       <c r="I104" s="57"/>
       <c r="J104" s="57"/>
       <c r="K104" s="57"/>
       <c r="L104" s="57"/>
       <c r="M104" s="57"/>
       <c r="N104" s="57"/>
       <c r="O104" s="89"/>
     </row>
-    <row r="105" spans="1:15" ht="14.6" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="105" spans="1:15" ht="14.45" thickBot="1">
       <c r="A105" s="85"/>
       <c r="B105" s="86"/>
       <c r="C105" s="86"/>
       <c r="D105" s="86"/>
       <c r="E105" s="86"/>
       <c r="F105" s="86"/>
       <c r="G105" s="86"/>
       <c r="H105" s="86"/>
       <c r="I105" s="86"/>
       <c r="J105" s="86"/>
       <c r="K105" s="86"/>
       <c r="L105" s="86"/>
       <c r="M105" s="86"/>
       <c r="N105" s="86"/>
       <c r="O105" s="90"/>
     </row>
   </sheetData>
   <mergeCells count="50">
     <mergeCell ref="L15:N15"/>
     <mergeCell ref="L92:M93"/>
     <mergeCell ref="B14:C14"/>
     <mergeCell ref="D14:E14"/>
     <mergeCell ref="F14:G14"/>
     <mergeCell ref="B15:C15"/>
     <mergeCell ref="D15:E15"/>
@@ -8302,644 +8332,643 @@
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Program Name" prompt="Enter the name of your program as it appears in ADS." sqref="C4:N4" xr:uid="{03B023BA-F54C-425D-BDE3-8AF169AC4B69}"/>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="A2:O2" location="Instructions!A1" display="Follow the ACGME Rural Track Program Block Diagram Instructions to complete this template. " xr:uid="{16FCCBB4-207D-4D75-85F8-A91524D49504}"/>
   </hyperlinks>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0.3" footer="0.3"/>
   <pageSetup scale="84" orientation="landscape" verticalDpi="1200" r:id="rId1"/>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="44" max="14" man="1"/>
     <brk id="95" max="14" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{350D0943-0877-4D2B-8326-0BBBFCF2EE82}">
   <sheetPr>
     <tabColor rgb="FF144B8E"/>
   </sheetPr>
   <dimension ref="A1:O105"/>
   <sheetViews>
-    <sheetView topLeftCell="A75" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D102" sqref="D102"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="J12" sqref="J12:K12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0.84375" defaultRowHeight="14.15" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0.85546875" defaultRowHeight="14.1"/>
   <cols>
-    <col min="1" max="1" width="21.3046875" style="39" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="15" max="16384" width="0.84375" style="39"/>
+    <col min="1" max="1" width="21.85546875" style="39" customWidth="1"/>
+    <col min="2" max="14" width="11.28515625" style="39" customWidth="1"/>
+    <col min="15" max="16384" width="0.85546875" style="39"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:14" ht="25.5" customHeight="1">
       <c r="A1" s="145" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="B1" s="145"/>
       <c r="C1" s="145"/>
       <c r="D1" s="145"/>
       <c r="E1" s="145"/>
       <c r="F1" s="145"/>
       <c r="G1" s="145"/>
       <c r="H1" s="145"/>
       <c r="I1" s="145"/>
       <c r="J1" s="145"/>
       <c r="K1" s="145"/>
       <c r="L1" s="145"/>
       <c r="M1" s="145"/>
       <c r="N1" s="145"/>
     </row>
-    <row r="2" spans="1:14" ht="15" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:14" ht="15.6">
       <c r="A2" s="146" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="B2" s="146"/>
       <c r="C2" s="146"/>
       <c r="D2" s="146"/>
       <c r="E2" s="146"/>
       <c r="F2" s="146"/>
       <c r="G2" s="146"/>
       <c r="H2" s="146"/>
       <c r="I2" s="146"/>
       <c r="J2" s="146"/>
       <c r="K2" s="146"/>
       <c r="L2" s="146"/>
       <c r="M2" s="146"/>
       <c r="N2" s="146"/>
     </row>
-    <row r="3" spans="1:14" ht="11.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A3" s="63"/>
       <c r="B3" s="63"/>
       <c r="C3" s="63"/>
       <c r="D3" s="63"/>
       <c r="E3" s="63"/>
       <c r="F3" s="63"/>
       <c r="G3" s="63"/>
       <c r="H3" s="63"/>
       <c r="I3" s="63"/>
       <c r="J3" s="63"/>
       <c r="K3" s="63"/>
       <c r="L3" s="63"/>
       <c r="M3" s="63"/>
       <c r="N3" s="63"/>
     </row>
-    <row r="4" spans="1:14" ht="18" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="4" spans="1:14" ht="18.600000000000001" thickBot="1">
       <c r="A4" s="147" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B4" s="148"/>
       <c r="C4" s="149" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="D4" s="149"/>
       <c r="E4" s="149"/>
       <c r="F4" s="149"/>
       <c r="G4" s="149"/>
       <c r="H4" s="149"/>
       <c r="I4" s="149"/>
       <c r="J4" s="149"/>
       <c r="K4" s="149"/>
       <c r="L4" s="149"/>
       <c r="M4" s="151"/>
       <c r="N4" s="38"/>
     </row>
-    <row r="5" spans="1:14" ht="7" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="1:14" ht="6.95" customHeight="1" thickBot="1">
       <c r="A5" s="40"/>
       <c r="B5" s="40"/>
       <c r="C5" s="41"/>
       <c r="D5" s="41"/>
       <c r="E5" s="41"/>
       <c r="F5" s="41"/>
       <c r="G5" s="41"/>
       <c r="H5" s="41"/>
       <c r="I5" s="41"/>
       <c r="J5" s="41"/>
       <c r="K5" s="41"/>
       <c r="L5" s="41"/>
       <c r="M5" s="41"/>
       <c r="N5" s="38"/>
     </row>
-    <row r="6" spans="1:14" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:14" ht="18" customHeight="1" thickBot="1">
       <c r="A6" s="61" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="B6" s="12" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C6" s="41"/>
       <c r="D6" s="41"/>
       <c r="E6" s="41"/>
       <c r="F6" s="41"/>
       <c r="G6" s="41"/>
       <c r="H6" s="41"/>
       <c r="I6" s="41"/>
       <c r="J6" s="41"/>
       <c r="K6" s="41"/>
       <c r="L6" s="152" t="s">
-        <v>79</v>
+        <v>37</v>
       </c>
       <c r="M6" s="153"/>
       <c r="N6" s="154"/>
     </row>
-    <row r="7" spans="1:14" ht="24.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="7" spans="1:14" ht="24.6" customHeight="1" thickBot="1">
       <c r="A7" s="29" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="B7" s="158" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="C7" s="158"/>
       <c r="D7" s="158" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="E7" s="158"/>
       <c r="F7" s="158" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="G7" s="158"/>
       <c r="H7" s="117" t="s">
-        <v>75</v>
+        <v>42</v>
       </c>
       <c r="I7" s="117" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="J7" s="159" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="K7" s="160"/>
       <c r="L7" s="155"/>
       <c r="M7" s="156"/>
       <c r="N7" s="157"/>
     </row>
-    <row r="8" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:14" ht="15.6" customHeight="1">
       <c r="A8" s="30" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="B8" s="168"/>
       <c r="C8" s="168"/>
       <c r="D8" s="169"/>
       <c r="E8" s="169"/>
       <c r="F8" s="169"/>
       <c r="G8" s="169"/>
       <c r="H8" s="25"/>
       <c r="I8" s="25"/>
       <c r="J8" s="170"/>
       <c r="K8" s="171"/>
       <c r="L8" s="172"/>
       <c r="M8" s="173"/>
       <c r="N8" s="174"/>
     </row>
-    <row r="9" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:14" ht="15.6" customHeight="1">
       <c r="A9" s="31" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="B9" s="161"/>
       <c r="C9" s="161"/>
       <c r="D9" s="162"/>
       <c r="E9" s="162"/>
       <c r="F9" s="162"/>
       <c r="G9" s="162"/>
       <c r="H9" s="27"/>
       <c r="I9" s="27"/>
       <c r="J9" s="163"/>
       <c r="K9" s="164"/>
       <c r="L9" s="165"/>
       <c r="M9" s="166"/>
       <c r="N9" s="167"/>
     </row>
-    <row r="10" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:14" ht="15.6" customHeight="1">
       <c r="A10" s="32" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="B10" s="176"/>
       <c r="C10" s="176"/>
       <c r="D10" s="162"/>
       <c r="E10" s="162"/>
       <c r="F10" s="162"/>
       <c r="G10" s="162"/>
       <c r="H10" s="27"/>
       <c r="I10" s="27"/>
       <c r="J10" s="163"/>
       <c r="K10" s="164"/>
       <c r="L10" s="165"/>
       <c r="M10" s="166"/>
       <c r="N10" s="167"/>
     </row>
-    <row r="11" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:14" ht="15.6" customHeight="1">
       <c r="A11" s="33" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="B11" s="175"/>
       <c r="C11" s="175"/>
       <c r="D11" s="162"/>
       <c r="E11" s="162"/>
       <c r="F11" s="162"/>
       <c r="G11" s="162"/>
       <c r="H11" s="27"/>
       <c r="I11" s="27"/>
       <c r="J11" s="163"/>
       <c r="K11" s="164"/>
       <c r="L11" s="165"/>
       <c r="M11" s="166"/>
       <c r="N11" s="167"/>
     </row>
-    <row r="12" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:14" ht="15.6" customHeight="1">
       <c r="A12" s="34" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="B12" s="178"/>
       <c r="C12" s="178"/>
       <c r="D12" s="162"/>
       <c r="E12" s="162"/>
       <c r="F12" s="162"/>
       <c r="G12" s="162"/>
       <c r="H12" s="27"/>
       <c r="I12" s="27"/>
       <c r="J12" s="163"/>
       <c r="K12" s="164"/>
       <c r="L12" s="165"/>
       <c r="M12" s="166"/>
       <c r="N12" s="167"/>
     </row>
-    <row r="13" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:14" ht="15.6" customHeight="1">
       <c r="A13" s="35" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="B13" s="177"/>
       <c r="C13" s="177"/>
       <c r="D13" s="162"/>
       <c r="E13" s="162"/>
       <c r="F13" s="162"/>
       <c r="G13" s="162"/>
       <c r="H13" s="27"/>
       <c r="I13" s="27"/>
       <c r="J13" s="163"/>
       <c r="K13" s="164"/>
       <c r="L13" s="165"/>
       <c r="M13" s="166"/>
       <c r="N13" s="167"/>
     </row>
-    <row r="14" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:14" ht="15.6" customHeight="1">
       <c r="A14" s="36" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="B14" s="180"/>
       <c r="C14" s="180"/>
       <c r="D14" s="162"/>
       <c r="E14" s="162"/>
       <c r="F14" s="162"/>
       <c r="G14" s="162"/>
       <c r="H14" s="27"/>
       <c r="I14" s="27"/>
       <c r="J14" s="163"/>
       <c r="K14" s="164"/>
       <c r="L14" s="165"/>
       <c r="M14" s="166"/>
       <c r="N14" s="167"/>
     </row>
-    <row r="15" spans="1:14" ht="15.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="15" spans="1:14" ht="15.6" customHeight="1" thickBot="1">
       <c r="A15" s="37" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="B15" s="181"/>
       <c r="C15" s="181"/>
       <c r="D15" s="182"/>
       <c r="E15" s="182"/>
       <c r="F15" s="182"/>
       <c r="G15" s="182"/>
       <c r="H15" s="28"/>
       <c r="I15" s="28"/>
       <c r="J15" s="183"/>
       <c r="K15" s="184"/>
       <c r="L15" s="185"/>
       <c r="M15" s="186"/>
       <c r="N15" s="187"/>
     </row>
-    <row r="16" spans="1:14" ht="6.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:14" ht="6.6" customHeight="1">
       <c r="A16" s="42"/>
       <c r="B16" s="38"/>
       <c r="C16" s="38"/>
       <c r="D16" s="38"/>
       <c r="E16" s="38"/>
       <c r="F16" s="38"/>
       <c r="G16" s="38"/>
       <c r="H16" s="38"/>
       <c r="I16" s="38"/>
       <c r="J16" s="38"/>
       <c r="K16" s="38"/>
       <c r="L16" s="38"/>
       <c r="M16" s="38"/>
       <c r="N16" s="38"/>
     </row>
-    <row r="17" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:14" ht="12.95" customHeight="1">
       <c r="A17" s="59" t="s">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="B17" s="62" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6"/>
       <c r="E17" s="6"/>
       <c r="F17" s="6"/>
       <c r="G17" s="6"/>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="6"/>
       <c r="N17" s="38"/>
     </row>
-    <row r="18" spans="1:14" s="43" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="18" spans="1:14" s="43" customFormat="1" ht="12.95" customHeight="1" thickBot="1">
       <c r="A18" s="7" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="B18" s="1">
         <v>1</v>
       </c>
       <c r="C18" s="1">
         <v>2</v>
       </c>
       <c r="D18" s="1">
         <v>3</v>
       </c>
       <c r="E18" s="1">
         <v>4</v>
       </c>
       <c r="F18" s="1">
         <v>5</v>
       </c>
       <c r="G18" s="1">
         <v>6</v>
       </c>
       <c r="H18" s="1">
         <v>7</v>
       </c>
       <c r="I18" s="1">
         <v>8</v>
       </c>
       <c r="J18" s="1">
         <v>9</v>
       </c>
       <c r="K18" s="1">
         <v>10</v>
       </c>
       <c r="L18" s="1">
         <v>11</v>
       </c>
       <c r="M18" s="1">
         <v>12</v>
       </c>
       <c r="N18" s="42" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14" s="43" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" s="43" customFormat="1" ht="12.95" customHeight="1">
       <c r="A19" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B19" s="25"/>
       <c r="C19" s="25"/>
       <c r="D19" s="25"/>
       <c r="E19" s="25"/>
       <c r="F19" s="25"/>
       <c r="G19" s="25"/>
       <c r="H19" s="25"/>
       <c r="I19" s="25"/>
       <c r="J19" s="25"/>
       <c r="K19" s="25"/>
       <c r="L19" s="25"/>
       <c r="M19" s="25"/>
       <c r="N19" s="42"/>
     </row>
-    <row r="20" spans="1:14" s="43" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:14" s="43" customFormat="1" ht="12.95" customHeight="1">
       <c r="A20" s="16" t="str">
         <f t="shared" ref="A20:A27" si="0">A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="B20" s="94"/>
       <c r="C20" s="94"/>
       <c r="D20" s="94"/>
       <c r="E20" s="94"/>
       <c r="F20" s="94"/>
       <c r="G20" s="94"/>
       <c r="H20" s="94"/>
       <c r="I20" s="94"/>
       <c r="J20" s="94"/>
       <c r="K20" s="94"/>
       <c r="L20" s="94"/>
       <c r="M20" s="94"/>
       <c r="N20" s="44">
         <f>(SUM(B20:M20)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:14" s="43" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:14" s="43" customFormat="1" ht="12.95" customHeight="1">
       <c r="A21" s="15" t="str">
         <f t="shared" si="0"/>
         <v>Site 2 Name</v>
       </c>
       <c r="B21" s="94"/>
       <c r="C21" s="94"/>
       <c r="D21" s="94"/>
       <c r="E21" s="94"/>
       <c r="F21" s="94"/>
       <c r="G21" s="94"/>
       <c r="H21" s="94"/>
       <c r="I21" s="94"/>
       <c r="J21" s="94"/>
       <c r="K21" s="94"/>
       <c r="L21" s="94"/>
       <c r="M21" s="94"/>
       <c r="N21" s="45">
         <f>(SUM(B21:M21)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:14" ht="12.95" customHeight="1">
       <c r="A22" s="14" t="str">
         <f t="shared" si="0"/>
         <v>Site 3 Name</v>
       </c>
       <c r="B22" s="94"/>
       <c r="C22" s="94"/>
       <c r="D22" s="94"/>
       <c r="E22" s="94"/>
       <c r="F22" s="94"/>
       <c r="G22" s="94"/>
       <c r="H22" s="94"/>
       <c r="I22" s="94"/>
       <c r="J22" s="94"/>
       <c r="K22" s="94"/>
       <c r="L22" s="94"/>
       <c r="M22" s="94"/>
       <c r="N22" s="46">
         <f t="shared" ref="N22:N28" si="1">(SUM(B22:M22)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:14" ht="12.95" customHeight="1">
       <c r="A23" s="17" t="str">
         <f t="shared" si="0"/>
         <v>Site 4 Name</v>
       </c>
       <c r="B23" s="94"/>
       <c r="C23" s="94"/>
       <c r="D23" s="94"/>
       <c r="E23" s="94"/>
       <c r="F23" s="94"/>
       <c r="G23" s="94"/>
       <c r="H23" s="94"/>
       <c r="I23" s="94"/>
       <c r="J23" s="94"/>
       <c r="K23" s="94"/>
       <c r="L23" s="94"/>
       <c r="M23" s="94"/>
       <c r="N23" s="47">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:14" ht="12.95" customHeight="1">
       <c r="A24" s="18" t="str">
         <f t="shared" si="0"/>
         <v>Site 5 Name</v>
       </c>
       <c r="B24" s="94"/>
       <c r="C24" s="94"/>
       <c r="D24" s="94"/>
       <c r="E24" s="94"/>
       <c r="F24" s="94"/>
       <c r="G24" s="94"/>
       <c r="H24" s="94"/>
       <c r="I24" s="94"/>
       <c r="J24" s="94"/>
       <c r="K24" s="94"/>
       <c r="L24" s="94"/>
       <c r="M24" s="94"/>
       <c r="N24" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:14" ht="12.95" customHeight="1">
       <c r="A25" s="19" t="str">
         <f t="shared" si="0"/>
         <v>Site 6 Name</v>
       </c>
       <c r="B25" s="94"/>
       <c r="C25" s="94"/>
       <c r="D25" s="94"/>
       <c r="E25" s="94"/>
       <c r="F25" s="94"/>
       <c r="G25" s="94"/>
       <c r="H25" s="94"/>
       <c r="I25" s="94"/>
       <c r="J25" s="94"/>
       <c r="K25" s="94"/>
       <c r="L25" s="94"/>
       <c r="M25" s="94"/>
       <c r="N25" s="49">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:14" ht="12.95" customHeight="1">
       <c r="A26" s="20" t="str">
         <f t="shared" si="0"/>
         <v>Site 7 Name</v>
       </c>
       <c r="B26" s="94"/>
       <c r="C26" s="94"/>
       <c r="D26" s="94"/>
       <c r="E26" s="94"/>
       <c r="F26" s="94"/>
       <c r="G26" s="94"/>
       <c r="H26" s="94"/>
       <c r="I26" s="94"/>
       <c r="J26" s="94"/>
       <c r="K26" s="94"/>
       <c r="L26" s="94"/>
       <c r="M26" s="94"/>
       <c r="N26" s="50">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:14" ht="12.95" customHeight="1">
       <c r="A27" s="21" t="str">
         <f t="shared" si="0"/>
         <v>Site 8 Name</v>
       </c>
       <c r="B27" s="94"/>
       <c r="C27" s="94"/>
       <c r="D27" s="94"/>
       <c r="E27" s="94"/>
       <c r="F27" s="94"/>
       <c r="G27" s="94"/>
       <c r="H27" s="94"/>
       <c r="I27" s="94"/>
       <c r="J27" s="94"/>
       <c r="K27" s="94"/>
       <c r="L27" s="94"/>
       <c r="M27" s="94"/>
       <c r="N27" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:14" ht="12.95" customHeight="1">
       <c r="A28" s="22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="B28" s="94"/>
       <c r="C28" s="94"/>
       <c r="D28" s="94"/>
       <c r="E28" s="94"/>
       <c r="F28" s="94"/>
       <c r="G28" s="94"/>
       <c r="H28" s="94"/>
       <c r="I28" s="94"/>
       <c r="J28" s="94"/>
       <c r="K28" s="94"/>
       <c r="L28" s="94"/>
       <c r="M28" s="94"/>
       <c r="N28" s="52">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:14" ht="12.95" customHeight="1">
       <c r="A29" s="92" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B29" s="93">
         <f>SUM(B20:B28)</f>
         <v>0</v>
       </c>
       <c r="C29" s="93">
         <f t="shared" ref="C29:M29" si="2">SUM(C20:C28)</f>
         <v>0</v>
       </c>
       <c r="D29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="E29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="F29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="G29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
@@ -8947,348 +8976,348 @@
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="I29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="N29" s="52"/>
     </row>
-    <row r="30" spans="1:14" ht="7" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:14" ht="6.95" customHeight="1">
       <c r="A30" s="23"/>
       <c r="B30" s="24"/>
       <c r="C30" s="24"/>
       <c r="D30" s="24"/>
       <c r="E30" s="24"/>
       <c r="F30" s="24"/>
       <c r="G30" s="24"/>
       <c r="H30" s="24"/>
       <c r="I30" s="24"/>
       <c r="J30" s="24"/>
       <c r="K30" s="24"/>
       <c r="L30" s="24"/>
       <c r="M30" s="24"/>
       <c r="N30" s="53"/>
     </row>
-    <row r="31" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:14" ht="12.95" customHeight="1">
       <c r="A31" s="59" t="s">
-        <v>2</v>
+        <v>69</v>
       </c>
       <c r="B31" s="62" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3"/>
       <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="3"/>
       <c r="J31" s="3"/>
       <c r="K31" s="3"/>
       <c r="L31" s="3"/>
       <c r="M31" s="3"/>
       <c r="N31" s="38"/>
     </row>
-    <row r="32" spans="1:14" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="32" spans="1:14" ht="12.95" customHeight="1" thickBot="1">
       <c r="A32" s="7" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="B32" s="1">
         <v>1</v>
       </c>
       <c r="C32" s="1">
         <v>2</v>
       </c>
       <c r="D32" s="1">
         <v>3</v>
       </c>
       <c r="E32" s="1">
         <v>4</v>
       </c>
       <c r="F32" s="1">
         <v>5</v>
       </c>
       <c r="G32" s="1">
         <v>6</v>
       </c>
       <c r="H32" s="1">
         <v>7</v>
       </c>
       <c r="I32" s="1">
         <v>8</v>
       </c>
       <c r="J32" s="1">
         <v>9</v>
       </c>
       <c r="K32" s="1">
         <v>10</v>
       </c>
       <c r="L32" s="1">
         <v>11</v>
       </c>
       <c r="M32" s="1">
         <v>12</v>
       </c>
       <c r="N32" s="42" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="33" spans="1:15" ht="12.95" customHeight="1">
       <c r="A33" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B33" s="25"/>
       <c r="C33" s="25"/>
       <c r="D33" s="25"/>
       <c r="E33" s="25"/>
       <c r="F33" s="25"/>
       <c r="G33" s="25"/>
       <c r="H33" s="25"/>
       <c r="I33" s="25"/>
       <c r="J33" s="25"/>
       <c r="K33" s="25"/>
       <c r="L33" s="25"/>
       <c r="M33" s="25"/>
       <c r="N33" s="42"/>
     </row>
-    <row r="34" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:15" ht="12.95" customHeight="1">
       <c r="A34" s="16" t="str">
         <f t="shared" ref="A34:A41" si="3">A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="B34" s="26"/>
       <c r="C34" s="94"/>
       <c r="D34" s="94"/>
       <c r="E34" s="94"/>
       <c r="F34" s="94"/>
       <c r="G34" s="94"/>
       <c r="H34" s="94"/>
       <c r="I34" s="94"/>
       <c r="J34" s="94"/>
       <c r="K34" s="94"/>
       <c r="L34" s="94"/>
       <c r="M34" s="94"/>
       <c r="N34" s="44">
         <f>(SUM(B34:M34)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:15" ht="12.95" customHeight="1">
       <c r="A35" s="15" t="str">
         <f t="shared" si="3"/>
         <v>Site 2 Name</v>
       </c>
       <c r="B35" s="26"/>
       <c r="C35" s="94"/>
       <c r="D35" s="94"/>
       <c r="E35" s="94"/>
       <c r="F35" s="94"/>
       <c r="G35" s="94"/>
       <c r="H35" s="94"/>
       <c r="I35" s="94"/>
       <c r="J35" s="94"/>
       <c r="K35" s="94"/>
       <c r="L35" s="94"/>
       <c r="M35" s="94"/>
       <c r="N35" s="45">
         <f>(SUM(B35:M35)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:15" ht="12.95" customHeight="1">
       <c r="A36" s="14" t="str">
         <f t="shared" si="3"/>
         <v>Site 3 Name</v>
       </c>
       <c r="B36" s="94"/>
       <c r="C36" s="94"/>
       <c r="D36" s="94"/>
       <c r="E36" s="94"/>
       <c r="F36" s="94"/>
       <c r="G36" s="94"/>
       <c r="H36" s="94"/>
       <c r="I36" s="94"/>
       <c r="J36" s="94"/>
       <c r="K36" s="94"/>
       <c r="L36" s="94"/>
       <c r="M36" s="94"/>
       <c r="N36" s="46">
         <f t="shared" ref="N36:N42" si="4">(SUM(B36:M36)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:15" ht="12.95" customHeight="1">
       <c r="A37" s="17" t="str">
         <f t="shared" si="3"/>
         <v>Site 4 Name</v>
       </c>
       <c r="B37" s="94"/>
       <c r="C37" s="94"/>
       <c r="D37" s="94"/>
       <c r="E37" s="94"/>
       <c r="F37" s="94"/>
       <c r="G37" s="94"/>
       <c r="H37" s="94"/>
       <c r="I37" s="94"/>
       <c r="J37" s="94"/>
       <c r="K37" s="94"/>
       <c r="L37" s="94"/>
       <c r="M37" s="94"/>
       <c r="N37" s="47">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:15" ht="12.95" customHeight="1">
       <c r="A38" s="18" t="str">
         <f t="shared" si="3"/>
         <v>Site 5 Name</v>
       </c>
       <c r="B38" s="94"/>
       <c r="C38" s="94"/>
       <c r="D38" s="94"/>
       <c r="E38" s="94"/>
       <c r="F38" s="94"/>
       <c r="G38" s="94"/>
       <c r="H38" s="94"/>
       <c r="I38" s="94"/>
       <c r="J38" s="94"/>
       <c r="K38" s="94"/>
       <c r="L38" s="94"/>
       <c r="M38" s="94"/>
       <c r="N38" s="48">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:15" ht="12.95" customHeight="1">
       <c r="A39" s="19" t="str">
         <f t="shared" si="3"/>
         <v>Site 6 Name</v>
       </c>
       <c r="B39" s="94"/>
       <c r="C39" s="94"/>
       <c r="D39" s="94"/>
       <c r="E39" s="94"/>
       <c r="F39" s="94"/>
       <c r="G39" s="94"/>
       <c r="H39" s="94"/>
       <c r="I39" s="94"/>
       <c r="J39" s="94"/>
       <c r="K39" s="94"/>
       <c r="L39" s="94"/>
       <c r="M39" s="94"/>
       <c r="N39" s="49">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:15" ht="12.95" customHeight="1">
       <c r="A40" s="20" t="str">
         <f t="shared" si="3"/>
         <v>Site 7 Name</v>
       </c>
       <c r="B40" s="94"/>
       <c r="C40" s="94"/>
       <c r="D40" s="94"/>
       <c r="E40" s="94"/>
       <c r="F40" s="94"/>
       <c r="G40" s="94"/>
       <c r="H40" s="94"/>
       <c r="I40" s="94"/>
       <c r="J40" s="94"/>
       <c r="K40" s="94"/>
       <c r="L40" s="94"/>
       <c r="M40" s="94"/>
       <c r="N40" s="50">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:15" ht="12.95" customHeight="1">
       <c r="A41" s="21" t="str">
         <f t="shared" si="3"/>
         <v>Site 8 Name</v>
       </c>
       <c r="B41" s="94"/>
       <c r="C41" s="94"/>
       <c r="D41" s="94"/>
       <c r="E41" s="94"/>
       <c r="F41" s="94"/>
       <c r="G41" s="94"/>
       <c r="H41" s="94"/>
       <c r="I41" s="94"/>
       <c r="J41" s="94"/>
       <c r="K41" s="94"/>
       <c r="L41" s="94"/>
       <c r="M41" s="94"/>
       <c r="N41" s="51">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:15" ht="12.95" customHeight="1">
       <c r="A42" s="22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="B42" s="94"/>
       <c r="C42" s="94"/>
       <c r="D42" s="94"/>
       <c r="E42" s="94"/>
       <c r="F42" s="94"/>
       <c r="G42" s="94"/>
       <c r="H42" s="94"/>
       <c r="I42" s="94"/>
       <c r="J42" s="94"/>
       <c r="K42" s="94"/>
       <c r="L42" s="94"/>
       <c r="M42" s="94"/>
       <c r="N42" s="52">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:15" ht="12.95" customHeight="1">
       <c r="A43" s="92" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B43" s="93">
         <f>SUM(B34:B42)</f>
         <v>0</v>
       </c>
       <c r="C43" s="93">
         <f t="shared" ref="C43" si="5">SUM(C34:C42)</f>
         <v>0</v>
       </c>
       <c r="D43" s="93">
         <f t="shared" ref="D43" si="6">SUM(D34:D42)</f>
         <v>0</v>
       </c>
       <c r="E43" s="93">
         <f t="shared" ref="E43" si="7">SUM(E34:E42)</f>
         <v>0</v>
       </c>
       <c r="F43" s="93">
         <f t="shared" ref="F43" si="8">SUM(F34:F42)</f>
         <v>0</v>
       </c>
       <c r="G43" s="93">
         <f t="shared" ref="G43" si="9">SUM(G34:G42)</f>
         <v>0</v>
       </c>
@@ -9296,349 +9325,349 @@
         <f t="shared" ref="H43" si="10">SUM(H34:H42)</f>
         <v>0</v>
       </c>
       <c r="I43" s="93">
         <f t="shared" ref="I43" si="11">SUM(I34:I42)</f>
         <v>0</v>
       </c>
       <c r="J43" s="93">
         <f t="shared" ref="J43" si="12">SUM(J34:J42)</f>
         <v>0</v>
       </c>
       <c r="K43" s="93">
         <f t="shared" ref="K43" si="13">SUM(K34:K42)</f>
         <v>0</v>
       </c>
       <c r="L43" s="93">
         <f t="shared" ref="L43" si="14">SUM(L34:L42)</f>
         <v>0</v>
       </c>
       <c r="M43" s="93">
         <f t="shared" ref="M43" si="15">SUM(M34:M42)</f>
         <v>0</v>
       </c>
       <c r="N43" s="52"/>
     </row>
-    <row r="44" spans="1:15" ht="7" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:15" ht="6.95" customHeight="1">
       <c r="A44" s="23"/>
       <c r="B44" s="24"/>
       <c r="C44" s="24"/>
       <c r="D44" s="24"/>
       <c r="E44" s="24"/>
       <c r="F44" s="24"/>
       <c r="G44" s="24"/>
       <c r="H44" s="24"/>
       <c r="I44" s="24"/>
       <c r="J44" s="24"/>
       <c r="K44" s="24"/>
       <c r="L44" s="24"/>
       <c r="M44" s="24"/>
       <c r="N44" s="53"/>
       <c r="O44" s="54"/>
     </row>
-    <row r="45" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:15" ht="12.95" customHeight="1">
       <c r="A45" s="59" t="s">
-        <v>3</v>
+        <v>73</v>
       </c>
       <c r="B45" s="62" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
       <c r="M45" s="3"/>
       <c r="N45" s="38"/>
     </row>
-    <row r="46" spans="1:15" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="46" spans="1:15" ht="12.95" customHeight="1" thickBot="1">
       <c r="A46" s="7" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="B46" s="1">
         <v>1</v>
       </c>
       <c r="C46" s="1">
         <v>2</v>
       </c>
       <c r="D46" s="1">
         <v>3</v>
       </c>
       <c r="E46" s="1">
         <v>4</v>
       </c>
       <c r="F46" s="1">
         <v>5</v>
       </c>
       <c r="G46" s="1">
         <v>6</v>
       </c>
       <c r="H46" s="1">
         <v>7</v>
       </c>
       <c r="I46" s="1">
         <v>8</v>
       </c>
       <c r="J46" s="1">
         <v>9</v>
       </c>
       <c r="K46" s="1">
         <v>10</v>
       </c>
       <c r="L46" s="1">
         <v>11</v>
       </c>
       <c r="M46" s="1">
         <v>12</v>
       </c>
       <c r="N46" s="42" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="47" spans="1:15" ht="12.95" customHeight="1">
       <c r="A47" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B47" s="25"/>
       <c r="C47" s="25"/>
       <c r="D47" s="25"/>
       <c r="E47" s="25"/>
       <c r="F47" s="25"/>
       <c r="G47" s="25"/>
       <c r="H47" s="25"/>
       <c r="I47" s="25"/>
       <c r="J47" s="25"/>
       <c r="K47" s="25"/>
       <c r="L47" s="25"/>
       <c r="M47" s="25"/>
       <c r="N47" s="42"/>
     </row>
-    <row r="48" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:15" ht="12.95" customHeight="1">
       <c r="A48" s="16" t="str">
         <f t="shared" ref="A48:A55" si="16">A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="B48" s="94"/>
       <c r="C48" s="94"/>
       <c r="D48" s="94"/>
       <c r="E48" s="94"/>
       <c r="F48" s="94"/>
       <c r="G48" s="94"/>
       <c r="H48" s="94"/>
       <c r="I48" s="94"/>
       <c r="J48" s="94"/>
       <c r="K48" s="94"/>
       <c r="L48" s="94"/>
       <c r="M48" s="94"/>
       <c r="N48" s="44">
         <f>(SUM(B48:M48)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="49" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:14" ht="12.95" customHeight="1">
       <c r="A49" s="15" t="str">
         <f t="shared" si="16"/>
         <v>Site 2 Name</v>
       </c>
       <c r="B49" s="94"/>
       <c r="C49" s="94"/>
       <c r="D49" s="94"/>
       <c r="E49" s="94"/>
       <c r="F49" s="94"/>
       <c r="G49" s="94"/>
       <c r="H49" s="94"/>
       <c r="I49" s="94"/>
       <c r="J49" s="94"/>
       <c r="K49" s="94"/>
       <c r="L49" s="94"/>
       <c r="M49" s="94"/>
       <c r="N49" s="45">
         <f>(SUM(B49:M49)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="50" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:14" ht="12.95" customHeight="1">
       <c r="A50" s="14" t="str">
         <f t="shared" si="16"/>
         <v>Site 3 Name</v>
       </c>
       <c r="B50" s="94"/>
       <c r="C50" s="94"/>
       <c r="D50" s="94"/>
       <c r="E50" s="94"/>
       <c r="F50" s="94"/>
       <c r="G50" s="94"/>
       <c r="H50" s="94"/>
       <c r="I50" s="94"/>
       <c r="J50" s="94"/>
       <c r="K50" s="94"/>
       <c r="L50" s="94"/>
       <c r="M50" s="94"/>
       <c r="N50" s="46">
         <f t="shared" ref="N50:N56" si="17">(SUM(B50:M50)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="51" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:14" ht="12.95" customHeight="1">
       <c r="A51" s="17" t="str">
         <f t="shared" si="16"/>
         <v>Site 4 Name</v>
       </c>
       <c r="B51" s="94"/>
       <c r="C51" s="94"/>
       <c r="D51" s="94"/>
       <c r="E51" s="94"/>
       <c r="F51" s="94"/>
       <c r="G51" s="94"/>
       <c r="H51" s="94"/>
       <c r="I51" s="94"/>
       <c r="J51" s="94"/>
       <c r="K51" s="94"/>
       <c r="L51" s="94"/>
       <c r="M51" s="94"/>
       <c r="N51" s="47">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
-    <row r="52" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:14" ht="12.95" customHeight="1">
       <c r="A52" s="18" t="str">
         <f t="shared" si="16"/>
         <v>Site 5 Name</v>
       </c>
       <c r="B52" s="94"/>
       <c r="C52" s="94"/>
       <c r="D52" s="94"/>
       <c r="E52" s="94"/>
       <c r="F52" s="94"/>
       <c r="G52" s="94"/>
       <c r="H52" s="94"/>
       <c r="I52" s="94"/>
       <c r="J52" s="94"/>
       <c r="K52" s="94"/>
       <c r="L52" s="94"/>
       <c r="M52" s="94"/>
       <c r="N52" s="48">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
-    <row r="53" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:14" ht="12.95" customHeight="1">
       <c r="A53" s="19" t="str">
         <f t="shared" si="16"/>
         <v>Site 6 Name</v>
       </c>
       <c r="B53" s="94"/>
       <c r="C53" s="94"/>
       <c r="D53" s="94"/>
       <c r="E53" s="94"/>
       <c r="F53" s="94"/>
       <c r="G53" s="94"/>
       <c r="H53" s="94"/>
       <c r="I53" s="94"/>
       <c r="J53" s="94"/>
       <c r="K53" s="94"/>
       <c r="L53" s="94"/>
       <c r="M53" s="94"/>
       <c r="N53" s="49">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
-    <row r="54" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:14" ht="12.95" customHeight="1">
       <c r="A54" s="20" t="str">
         <f t="shared" si="16"/>
         <v>Site 7 Name</v>
       </c>
       <c r="B54" s="94"/>
       <c r="C54" s="94"/>
       <c r="D54" s="94"/>
       <c r="E54" s="94"/>
       <c r="F54" s="94"/>
       <c r="G54" s="94"/>
       <c r="H54" s="94"/>
       <c r="I54" s="94"/>
       <c r="J54" s="94"/>
       <c r="K54" s="94"/>
       <c r="L54" s="94"/>
       <c r="M54" s="94"/>
       <c r="N54" s="50">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
-    <row r="55" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:14" ht="12.95" customHeight="1">
       <c r="A55" s="21" t="str">
         <f t="shared" si="16"/>
         <v>Site 8 Name</v>
       </c>
       <c r="B55" s="94"/>
       <c r="C55" s="94"/>
       <c r="D55" s="94"/>
       <c r="E55" s="94"/>
       <c r="F55" s="94"/>
       <c r="G55" s="94"/>
       <c r="H55" s="94"/>
       <c r="I55" s="94"/>
       <c r="J55" s="94"/>
       <c r="K55" s="94"/>
       <c r="L55" s="94"/>
       <c r="M55" s="94"/>
       <c r="N55" s="51">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
-    <row r="56" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:14" ht="12.95" customHeight="1">
       <c r="A56" s="22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="B56" s="94"/>
       <c r="C56" s="94"/>
       <c r="D56" s="94"/>
       <c r="E56" s="94"/>
       <c r="F56" s="94"/>
       <c r="G56" s="94"/>
       <c r="H56" s="94"/>
       <c r="I56" s="94"/>
       <c r="J56" s="94"/>
       <c r="K56" s="94"/>
       <c r="L56" s="94"/>
       <c r="M56" s="94"/>
       <c r="N56" s="52">
         <f t="shared" si="17"/>
         <v>0</v>
       </c>
     </row>
-    <row r="57" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:14" ht="12.95" customHeight="1">
       <c r="A57" s="92" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B57" s="93">
         <f>SUM(B48:B56)</f>
         <v>0</v>
       </c>
       <c r="C57" s="93">
         <f t="shared" ref="C57" si="18">SUM(C48:C56)</f>
         <v>0</v>
       </c>
       <c r="D57" s="93">
         <f t="shared" ref="D57" si="19">SUM(D48:D56)</f>
         <v>0</v>
       </c>
       <c r="E57" s="93">
         <f t="shared" ref="E57" si="20">SUM(E48:E56)</f>
         <v>0</v>
       </c>
       <c r="F57" s="93">
         <f t="shared" ref="F57" si="21">SUM(F48:F56)</f>
         <v>0</v>
       </c>
       <c r="G57" s="93">
         <f t="shared" ref="G57" si="22">SUM(G48:G56)</f>
         <v>0</v>
       </c>
@@ -9646,348 +9675,348 @@
         <f t="shared" ref="H57" si="23">SUM(H48:H56)</f>
         <v>0</v>
       </c>
       <c r="I57" s="93">
         <f t="shared" ref="I57" si="24">SUM(I48:I56)</f>
         <v>0</v>
       </c>
       <c r="J57" s="93">
         <f t="shared" ref="J57" si="25">SUM(J48:J56)</f>
         <v>0</v>
       </c>
       <c r="K57" s="93">
         <f t="shared" ref="K57" si="26">SUM(K48:K56)</f>
         <v>0</v>
       </c>
       <c r="L57" s="93">
         <f t="shared" ref="L57" si="27">SUM(L48:L56)</f>
         <v>0</v>
       </c>
       <c r="M57" s="93">
         <f t="shared" ref="M57" si="28">SUM(M48:M56)</f>
         <v>0</v>
       </c>
       <c r="N57" s="52"/>
     </row>
-    <row r="58" spans="1:14" ht="7" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:14" ht="6.95" customHeight="1">
       <c r="A58" s="23"/>
       <c r="B58" s="24"/>
       <c r="C58" s="24"/>
       <c r="D58" s="24"/>
       <c r="E58" s="24"/>
       <c r="F58" s="24"/>
       <c r="G58" s="24"/>
       <c r="H58" s="24"/>
       <c r="I58" s="24"/>
       <c r="J58" s="24"/>
       <c r="K58" s="24"/>
       <c r="L58" s="24"/>
       <c r="M58" s="24"/>
       <c r="N58" s="53"/>
     </row>
-    <row r="59" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:14" ht="12.95" customHeight="1">
       <c r="A59" s="59" t="s">
-        <v>4</v>
+        <v>78</v>
       </c>
       <c r="B59" s="62" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C59" s="3"/>
       <c r="D59" s="3"/>
       <c r="E59" s="3"/>
       <c r="F59" s="3"/>
       <c r="G59" s="3"/>
       <c r="H59" s="3"/>
       <c r="I59" s="3"/>
       <c r="J59" s="3"/>
       <c r="K59" s="3"/>
       <c r="L59" s="3"/>
       <c r="M59" s="3"/>
       <c r="N59" s="38"/>
     </row>
-    <row r="60" spans="1:14" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="60" spans="1:14" ht="12.95" customHeight="1" thickBot="1">
       <c r="A60" s="7" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="B60" s="1">
         <v>1</v>
       </c>
       <c r="C60" s="1">
         <v>2</v>
       </c>
       <c r="D60" s="1">
         <v>3</v>
       </c>
       <c r="E60" s="1">
         <v>4</v>
       </c>
       <c r="F60" s="1">
         <v>5</v>
       </c>
       <c r="G60" s="1">
         <v>6</v>
       </c>
       <c r="H60" s="1">
         <v>7</v>
       </c>
       <c r="I60" s="1">
         <v>8</v>
       </c>
       <c r="J60" s="1">
         <v>9</v>
       </c>
       <c r="K60" s="1">
         <v>10</v>
       </c>
       <c r="L60" s="1">
         <v>11</v>
       </c>
       <c r="M60" s="1">
         <v>12</v>
       </c>
       <c r="N60" s="42" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="61" spans="1:14" ht="12.95" customHeight="1">
       <c r="A61" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B61" s="25"/>
       <c r="C61" s="25"/>
       <c r="D61" s="25"/>
       <c r="E61" s="25"/>
       <c r="F61" s="25"/>
       <c r="G61" s="25"/>
       <c r="H61" s="25"/>
       <c r="I61" s="25"/>
       <c r="J61" s="25"/>
       <c r="K61" s="25"/>
       <c r="L61" s="25"/>
       <c r="M61" s="25"/>
       <c r="N61" s="42"/>
     </row>
-    <row r="62" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:14" ht="12.95" customHeight="1">
       <c r="A62" s="16" t="str">
         <f t="shared" ref="A62:A69" si="29">A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="B62" s="94"/>
       <c r="C62" s="94"/>
       <c r="D62" s="94"/>
       <c r="E62" s="94"/>
       <c r="F62" s="94"/>
       <c r="G62" s="94"/>
       <c r="H62" s="94"/>
       <c r="I62" s="94"/>
       <c r="J62" s="94"/>
       <c r="K62" s="94"/>
       <c r="L62" s="94"/>
       <c r="M62" s="94"/>
       <c r="N62" s="44">
         <f>(SUM(B62:M62)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="63" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:14" ht="12.95" customHeight="1">
       <c r="A63" s="15" t="str">
         <f t="shared" si="29"/>
         <v>Site 2 Name</v>
       </c>
       <c r="B63" s="94"/>
       <c r="C63" s="94"/>
       <c r="D63" s="94"/>
       <c r="E63" s="94"/>
       <c r="F63" s="94"/>
       <c r="G63" s="94"/>
       <c r="H63" s="94"/>
       <c r="I63" s="94"/>
       <c r="J63" s="94"/>
       <c r="K63" s="94"/>
       <c r="L63" s="94"/>
       <c r="M63" s="94"/>
       <c r="N63" s="45">
         <f>(SUM(B63:M63)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="64" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:14" ht="12.95" customHeight="1">
       <c r="A64" s="14" t="str">
         <f t="shared" si="29"/>
         <v>Site 3 Name</v>
       </c>
       <c r="B64" s="94"/>
       <c r="C64" s="94"/>
       <c r="D64" s="94"/>
       <c r="E64" s="94"/>
       <c r="F64" s="94"/>
       <c r="G64" s="94"/>
       <c r="H64" s="94"/>
       <c r="I64" s="94"/>
       <c r="J64" s="94"/>
       <c r="K64" s="94"/>
       <c r="L64" s="94"/>
       <c r="M64" s="94"/>
       <c r="N64" s="46">
         <f t="shared" ref="N64:N70" si="30">(SUM(B64:M64)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="65" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:14" ht="12.95" customHeight="1">
       <c r="A65" s="17" t="str">
         <f t="shared" si="29"/>
         <v>Site 4 Name</v>
       </c>
       <c r="B65" s="94"/>
       <c r="C65" s="94"/>
       <c r="D65" s="94"/>
       <c r="E65" s="94"/>
       <c r="F65" s="94"/>
       <c r="G65" s="94"/>
       <c r="H65" s="94"/>
       <c r="I65" s="94"/>
       <c r="J65" s="94"/>
       <c r="K65" s="94"/>
       <c r="L65" s="94"/>
       <c r="M65" s="94"/>
       <c r="N65" s="47">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
     </row>
-    <row r="66" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:14" ht="12.95" customHeight="1">
       <c r="A66" s="18" t="str">
         <f t="shared" si="29"/>
         <v>Site 5 Name</v>
       </c>
       <c r="B66" s="94"/>
       <c r="C66" s="94"/>
       <c r="D66" s="94"/>
       <c r="E66" s="94"/>
       <c r="F66" s="94"/>
       <c r="G66" s="94"/>
       <c r="H66" s="94"/>
       <c r="I66" s="94"/>
       <c r="J66" s="94"/>
       <c r="K66" s="94"/>
       <c r="L66" s="94"/>
       <c r="M66" s="94"/>
       <c r="N66" s="48">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
     </row>
-    <row r="67" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:14" ht="12.95" customHeight="1">
       <c r="A67" s="19" t="str">
         <f t="shared" si="29"/>
         <v>Site 6 Name</v>
       </c>
       <c r="B67" s="94"/>
       <c r="C67" s="94"/>
       <c r="D67" s="94"/>
       <c r="E67" s="94"/>
       <c r="F67" s="94"/>
       <c r="G67" s="94"/>
       <c r="H67" s="94"/>
       <c r="I67" s="94"/>
       <c r="J67" s="94"/>
       <c r="K67" s="94"/>
       <c r="L67" s="94"/>
       <c r="M67" s="94"/>
       <c r="N67" s="49">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
     </row>
-    <row r="68" spans="1:14" s="55" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:14" s="55" customFormat="1" ht="12.95" customHeight="1">
       <c r="A68" s="20" t="str">
         <f t="shared" si="29"/>
         <v>Site 7 Name</v>
       </c>
       <c r="B68" s="94"/>
       <c r="C68" s="94"/>
       <c r="D68" s="94"/>
       <c r="E68" s="94"/>
       <c r="F68" s="94"/>
       <c r="G68" s="94"/>
       <c r="H68" s="94"/>
       <c r="I68" s="94"/>
       <c r="J68" s="94"/>
       <c r="K68" s="94"/>
       <c r="L68" s="94"/>
       <c r="M68" s="94"/>
       <c r="N68" s="50">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
     </row>
-    <row r="69" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="69" spans="1:14" ht="12.95" customHeight="1">
       <c r="A69" s="21" t="str">
         <f t="shared" si="29"/>
         <v>Site 8 Name</v>
       </c>
       <c r="B69" s="94"/>
       <c r="C69" s="94"/>
       <c r="D69" s="94"/>
       <c r="E69" s="94"/>
       <c r="F69" s="94"/>
       <c r="G69" s="94"/>
       <c r="H69" s="94"/>
       <c r="I69" s="94"/>
       <c r="J69" s="94"/>
       <c r="K69" s="94"/>
       <c r="L69" s="94"/>
       <c r="M69" s="94"/>
       <c r="N69" s="51">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
     </row>
-    <row r="70" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:14" ht="12.95" customHeight="1">
       <c r="A70" s="22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="B70" s="94"/>
       <c r="C70" s="94"/>
       <c r="D70" s="94"/>
       <c r="E70" s="94"/>
       <c r="F70" s="94"/>
       <c r="G70" s="94"/>
       <c r="H70" s="94"/>
       <c r="I70" s="94"/>
       <c r="J70" s="94"/>
       <c r="K70" s="94"/>
       <c r="L70" s="94"/>
       <c r="M70" s="94"/>
       <c r="N70" s="52">
         <f t="shared" si="30"/>
         <v>0</v>
       </c>
     </row>
-    <row r="71" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:14" ht="12.95" customHeight="1">
       <c r="A71" s="92" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B71" s="93">
         <f>SUM(B62:B70)</f>
         <v>0</v>
       </c>
       <c r="C71" s="93">
         <f t="shared" ref="C71" si="31">SUM(C62:C70)</f>
         <v>0</v>
       </c>
       <c r="D71" s="93">
         <f t="shared" ref="D71" si="32">SUM(D62:D70)</f>
         <v>0</v>
       </c>
       <c r="E71" s="93">
         <f t="shared" ref="E71" si="33">SUM(E62:E70)</f>
         <v>0</v>
       </c>
       <c r="F71" s="93">
         <f t="shared" ref="F71" si="34">SUM(F62:F70)</f>
         <v>0</v>
       </c>
       <c r="G71" s="93">
         <f t="shared" ref="G71" si="35">SUM(G62:G70)</f>
         <v>0</v>
       </c>
@@ -9995,348 +10024,348 @@
         <f t="shared" ref="H71" si="36">SUM(H62:H70)</f>
         <v>0</v>
       </c>
       <c r="I71" s="93">
         <f t="shared" ref="I71" si="37">SUM(I62:I70)</f>
         <v>0</v>
       </c>
       <c r="J71" s="93">
         <f t="shared" ref="J71" si="38">SUM(J62:J70)</f>
         <v>0</v>
       </c>
       <c r="K71" s="93">
         <f t="shared" ref="K71" si="39">SUM(K62:K70)</f>
         <v>0</v>
       </c>
       <c r="L71" s="93">
         <f t="shared" ref="L71" si="40">SUM(L62:L70)</f>
         <v>0</v>
       </c>
       <c r="M71" s="93">
         <f t="shared" ref="M71" si="41">SUM(M62:M70)</f>
         <v>0</v>
       </c>
       <c r="N71" s="52"/>
     </row>
-    <row r="72" spans="1:14" ht="7" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="72" spans="1:14" ht="6.95" customHeight="1">
       <c r="A72" s="23"/>
       <c r="B72" s="24"/>
       <c r="C72" s="24"/>
       <c r="D72" s="24"/>
       <c r="E72" s="24"/>
       <c r="F72" s="24"/>
       <c r="G72" s="24"/>
       <c r="H72" s="24"/>
       <c r="I72" s="24"/>
       <c r="J72" s="24"/>
       <c r="K72" s="24"/>
       <c r="L72" s="24"/>
       <c r="M72" s="24"/>
       <c r="N72" s="53"/>
     </row>
-    <row r="73" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:14" ht="12.95" customHeight="1">
       <c r="A73" s="59" t="s">
-        <v>5</v>
+        <v>82</v>
       </c>
       <c r="B73" s="62" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
       <c r="M73" s="3"/>
       <c r="N73" s="38"/>
     </row>
-    <row r="74" spans="1:14" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="74" spans="1:14" ht="12.95" customHeight="1" thickBot="1">
       <c r="A74" s="7" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="B74" s="1">
         <v>1</v>
       </c>
       <c r="C74" s="1">
         <v>2</v>
       </c>
       <c r="D74" s="1">
         <v>3</v>
       </c>
       <c r="E74" s="1">
         <v>4</v>
       </c>
       <c r="F74" s="1">
         <v>5</v>
       </c>
       <c r="G74" s="1">
         <v>6</v>
       </c>
       <c r="H74" s="1">
         <v>7</v>
       </c>
       <c r="I74" s="1">
         <v>8</v>
       </c>
       <c r="J74" s="1">
         <v>9</v>
       </c>
       <c r="K74" s="1">
         <v>10</v>
       </c>
       <c r="L74" s="1">
         <v>11</v>
       </c>
       <c r="M74" s="1">
         <v>12</v>
       </c>
       <c r="N74" s="42" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="75" spans="1:14" ht="12.95" customHeight="1">
       <c r="A75" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B75" s="25"/>
       <c r="C75" s="25"/>
       <c r="D75" s="25"/>
       <c r="E75" s="25"/>
       <c r="F75" s="25"/>
       <c r="G75" s="25"/>
       <c r="H75" s="25"/>
       <c r="I75" s="25"/>
       <c r="J75" s="25"/>
       <c r="K75" s="25"/>
       <c r="L75" s="25"/>
       <c r="M75" s="25"/>
       <c r="N75" s="42"/>
     </row>
-    <row r="76" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="76" spans="1:14" ht="12.95" customHeight="1">
       <c r="A76" s="16" t="str">
         <f t="shared" ref="A76:A83" si="42">A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="B76" s="94"/>
       <c r="C76" s="94"/>
       <c r="D76" s="94"/>
       <c r="E76" s="94"/>
       <c r="F76" s="94"/>
       <c r="G76" s="94"/>
       <c r="H76" s="94"/>
       <c r="I76" s="94"/>
       <c r="J76" s="94"/>
       <c r="K76" s="94"/>
       <c r="L76" s="94"/>
       <c r="M76" s="94"/>
       <c r="N76" s="44">
         <f>(SUM(B76:M76)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="77" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="77" spans="1:14" ht="12.95" customHeight="1">
       <c r="A77" s="15" t="str">
         <f t="shared" si="42"/>
         <v>Site 2 Name</v>
       </c>
       <c r="B77" s="94"/>
       <c r="C77" s="94"/>
       <c r="D77" s="94"/>
       <c r="E77" s="94"/>
       <c r="F77" s="94"/>
       <c r="G77" s="94"/>
       <c r="H77" s="94"/>
       <c r="I77" s="94"/>
       <c r="J77" s="94"/>
       <c r="K77" s="94"/>
       <c r="L77" s="94"/>
       <c r="M77" s="94"/>
       <c r="N77" s="45">
         <f>(SUM(B77:M77)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="78" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="78" spans="1:14" ht="12.95" customHeight="1">
       <c r="A78" s="14" t="str">
         <f t="shared" si="42"/>
         <v>Site 3 Name</v>
       </c>
       <c r="B78" s="94"/>
       <c r="C78" s="94"/>
       <c r="D78" s="94"/>
       <c r="E78" s="94"/>
       <c r="F78" s="94"/>
       <c r="G78" s="94"/>
       <c r="H78" s="94"/>
       <c r="I78" s="94"/>
       <c r="J78" s="94"/>
       <c r="K78" s="94"/>
       <c r="L78" s="94"/>
       <c r="M78" s="94"/>
       <c r="N78" s="46">
         <f t="shared" ref="N78:N84" si="43">(SUM(B78:M78)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="79" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="79" spans="1:14" ht="12.95" customHeight="1">
       <c r="A79" s="17" t="str">
         <f t="shared" si="42"/>
         <v>Site 4 Name</v>
       </c>
       <c r="B79" s="94"/>
       <c r="C79" s="94"/>
       <c r="D79" s="94"/>
       <c r="E79" s="94"/>
       <c r="F79" s="94"/>
       <c r="G79" s="94"/>
       <c r="H79" s="94"/>
       <c r="I79" s="94"/>
       <c r="J79" s="94"/>
       <c r="K79" s="94"/>
       <c r="L79" s="94"/>
       <c r="M79" s="94"/>
       <c r="N79" s="47">
         <f t="shared" si="43"/>
         <v>0</v>
       </c>
     </row>
-    <row r="80" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="80" spans="1:14" ht="12.95" customHeight="1">
       <c r="A80" s="18" t="str">
         <f t="shared" si="42"/>
         <v>Site 5 Name</v>
       </c>
       <c r="B80" s="94"/>
       <c r="C80" s="94"/>
       <c r="D80" s="94"/>
       <c r="E80" s="94"/>
       <c r="F80" s="94"/>
       <c r="G80" s="94"/>
       <c r="H80" s="94"/>
       <c r="I80" s="94"/>
       <c r="J80" s="94"/>
       <c r="K80" s="94"/>
       <c r="L80" s="94"/>
       <c r="M80" s="94"/>
       <c r="N80" s="48">
         <f t="shared" si="43"/>
         <v>0</v>
       </c>
     </row>
-    <row r="81" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="81" spans="1:14" ht="12.95" customHeight="1">
       <c r="A81" s="19" t="str">
         <f t="shared" si="42"/>
         <v>Site 6 Name</v>
       </c>
       <c r="B81" s="94"/>
       <c r="C81" s="94"/>
       <c r="D81" s="94"/>
       <c r="E81" s="94"/>
       <c r="F81" s="94"/>
       <c r="G81" s="94"/>
       <c r="H81" s="94"/>
       <c r="I81" s="94"/>
       <c r="J81" s="94"/>
       <c r="K81" s="94"/>
       <c r="L81" s="94"/>
       <c r="M81" s="94"/>
       <c r="N81" s="49">
         <f t="shared" si="43"/>
         <v>0</v>
       </c>
     </row>
-    <row r="82" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="82" spans="1:14" ht="12.95" customHeight="1">
       <c r="A82" s="20" t="str">
         <f t="shared" si="42"/>
         <v>Site 7 Name</v>
       </c>
       <c r="B82" s="94"/>
       <c r="C82" s="94"/>
       <c r="D82" s="94"/>
       <c r="E82" s="94"/>
       <c r="F82" s="94"/>
       <c r="G82" s="94"/>
       <c r="H82" s="94"/>
       <c r="I82" s="94"/>
       <c r="J82" s="94"/>
       <c r="K82" s="94"/>
       <c r="L82" s="94"/>
       <c r="M82" s="94"/>
       <c r="N82" s="50">
         <f t="shared" si="43"/>
         <v>0</v>
       </c>
     </row>
-    <row r="83" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="83" spans="1:14" ht="12.95" customHeight="1">
       <c r="A83" s="21" t="str">
         <f t="shared" si="42"/>
         <v>Site 8 Name</v>
       </c>
       <c r="B83" s="94"/>
       <c r="C83" s="94"/>
       <c r="D83" s="94"/>
       <c r="E83" s="94"/>
       <c r="F83" s="94"/>
       <c r="G83" s="94"/>
       <c r="H83" s="94"/>
       <c r="I83" s="94"/>
       <c r="J83" s="94"/>
       <c r="K83" s="94"/>
       <c r="L83" s="94"/>
       <c r="M83" s="94"/>
       <c r="N83" s="51">
         <f t="shared" si="43"/>
         <v>0</v>
       </c>
     </row>
-    <row r="84" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="84" spans="1:14" ht="12.95" customHeight="1">
       <c r="A84" s="22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="B84" s="94"/>
       <c r="C84" s="94"/>
       <c r="D84" s="94"/>
       <c r="E84" s="94"/>
       <c r="F84" s="94"/>
       <c r="G84" s="94"/>
       <c r="H84" s="94"/>
       <c r="I84" s="94"/>
       <c r="J84" s="94"/>
       <c r="K84" s="94"/>
       <c r="L84" s="94"/>
       <c r="M84" s="94"/>
       <c r="N84" s="52">
         <f t="shared" si="43"/>
         <v>0</v>
       </c>
     </row>
-    <row r="85" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="85" spans="1:14" ht="12.95" customHeight="1">
       <c r="A85" s="92" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B85" s="93">
         <f>SUM(B76:B84)</f>
         <v>0</v>
       </c>
       <c r="C85" s="93">
         <f t="shared" ref="C85" si="44">SUM(C76:C84)</f>
         <v>0</v>
       </c>
       <c r="D85" s="93">
         <f t="shared" ref="D85" si="45">SUM(D76:D84)</f>
         <v>0</v>
       </c>
       <c r="E85" s="93">
         <f t="shared" ref="E85" si="46">SUM(E76:E84)</f>
         <v>0</v>
       </c>
       <c r="F85" s="93">
         <f t="shared" ref="F85" si="47">SUM(F76:F84)</f>
         <v>0</v>
       </c>
       <c r="G85" s="93">
         <f t="shared" ref="G85" si="48">SUM(G76:G84)</f>
         <v>0</v>
       </c>
@@ -10344,554 +10373,554 @@
         <f t="shared" ref="H85" si="49">SUM(H76:H84)</f>
         <v>0</v>
       </c>
       <c r="I85" s="93">
         <f t="shared" ref="I85" si="50">SUM(I76:I84)</f>
         <v>0</v>
       </c>
       <c r="J85" s="93">
         <f t="shared" ref="J85" si="51">SUM(J76:J84)</f>
         <v>0</v>
       </c>
       <c r="K85" s="93">
         <f t="shared" ref="K85" si="52">SUM(K76:K84)</f>
         <v>0</v>
       </c>
       <c r="L85" s="93">
         <f t="shared" ref="L85" si="53">SUM(L76:L84)</f>
         <v>0</v>
       </c>
       <c r="M85" s="93">
         <f t="shared" ref="M85" si="54">SUM(M76:M84)</f>
         <v>0</v>
       </c>
       <c r="N85" s="52"/>
     </row>
-    <row r="86" spans="1:14" ht="7" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="86" spans="1:14" ht="6.95" customHeight="1" thickBot="1">
       <c r="A86" s="9"/>
       <c r="B86" s="12"/>
       <c r="C86" s="3"/>
       <c r="D86" s="3"/>
       <c r="E86" s="3"/>
       <c r="F86" s="3"/>
       <c r="G86" s="3"/>
       <c r="H86" s="3"/>
       <c r="I86" s="3"/>
       <c r="J86" s="3"/>
       <c r="K86" s="3"/>
       <c r="L86" s="3"/>
       <c r="M86" s="3"/>
     </row>
-    <row r="87" spans="1:14" ht="26.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="87" spans="1:14" ht="26.45" customHeight="1" thickBot="1">
       <c r="A87" s="87" t="s">
-        <v>90</v>
+        <v>60</v>
       </c>
       <c r="B87" s="64" t="str">
         <f>A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="C87" s="65" t="str">
         <f>A9</f>
         <v>Site 2 Name</v>
       </c>
       <c r="D87" s="66" t="str">
         <f>A10</f>
         <v>Site 3 Name</v>
       </c>
       <c r="E87" s="67" t="str">
         <f>A11</f>
         <v>Site 4 Name</v>
       </c>
       <c r="F87" s="68" t="str">
         <f>A12</f>
         <v>Site 5 Name</v>
       </c>
       <c r="G87" s="69" t="str">
         <f>A13</f>
         <v>Site 6 Name</v>
       </c>
       <c r="H87" s="70" t="str">
         <f>A14</f>
         <v>Site 7 Name</v>
       </c>
       <c r="I87" s="71" t="str">
         <f>A15</f>
         <v>Site 8 Name</v>
       </c>
       <c r="J87" s="72" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="K87" s="3"/>
       <c r="L87" s="3"/>
       <c r="M87" s="3"/>
     </row>
-    <row r="88" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="88" spans="1:14" ht="12.95" customHeight="1">
       <c r="A88" s="10" t="s">
-        <v>8</v>
+        <v>62</v>
       </c>
       <c r="B88" s="76">
         <f>N20</f>
         <v>0</v>
       </c>
       <c r="C88" s="76">
         <f>N21</f>
         <v>0</v>
       </c>
       <c r="D88" s="76">
         <f>N22</f>
         <v>0</v>
       </c>
       <c r="E88" s="76">
         <f>N23</f>
         <v>0</v>
       </c>
       <c r="F88" s="76">
         <f>N24</f>
         <v>0</v>
       </c>
       <c r="G88" s="76">
         <f>N25</f>
         <v>0</v>
       </c>
       <c r="H88" s="76">
         <f>N26</f>
         <v>0</v>
       </c>
       <c r="I88" s="76">
         <f>N27</f>
         <v>0</v>
       </c>
       <c r="J88" s="77">
         <f>N28</f>
         <v>0</v>
       </c>
       <c r="K88" s="3"/>
       <c r="L88" s="3"/>
       <c r="M88" s="3"/>
     </row>
-    <row r="89" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="89" spans="1:14" ht="12.95" customHeight="1">
       <c r="A89" s="11" t="s">
-        <v>9</v>
+        <v>70</v>
       </c>
       <c r="B89" s="4">
         <f>N34</f>
         <v>0</v>
       </c>
       <c r="C89" s="4">
         <f>N35</f>
         <v>0</v>
       </c>
       <c r="D89" s="4">
         <f>N36</f>
         <v>0</v>
       </c>
       <c r="E89" s="4">
         <f>N37</f>
         <v>0</v>
       </c>
       <c r="F89" s="4">
         <f>N38</f>
         <v>0</v>
       </c>
       <c r="G89" s="4">
         <f>N39</f>
         <v>0</v>
       </c>
       <c r="H89" s="4">
         <f>N40</f>
         <v>0</v>
       </c>
       <c r="I89" s="4">
         <f>N41</f>
         <v>0</v>
       </c>
       <c r="J89" s="13">
         <f>N42</f>
         <v>0</v>
       </c>
       <c r="K89" s="3"/>
       <c r="L89" s="3"/>
       <c r="M89" s="3"/>
     </row>
-    <row r="90" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="90" spans="1:14" ht="12.95" customHeight="1">
       <c r="A90" s="11" t="s">
-        <v>10</v>
+        <v>74</v>
       </c>
       <c r="B90" s="4">
         <f>N48</f>
         <v>0</v>
       </c>
       <c r="C90" s="4">
         <f>N49</f>
         <v>0</v>
       </c>
       <c r="D90" s="4">
         <f>N50</f>
         <v>0</v>
       </c>
       <c r="E90" s="4">
         <f>N51</f>
         <v>0</v>
       </c>
       <c r="F90" s="4">
         <f>N52</f>
         <v>0</v>
       </c>
       <c r="G90" s="4">
         <f>N53</f>
         <v>0</v>
       </c>
       <c r="H90" s="4">
         <f>N54</f>
         <v>0</v>
       </c>
       <c r="I90" s="4">
         <f>N55</f>
         <v>0</v>
       </c>
       <c r="J90" s="13">
         <f>N56</f>
         <v>0</v>
       </c>
       <c r="K90" s="3"/>
       <c r="L90" s="3"/>
       <c r="M90" s="3"/>
     </row>
-    <row r="91" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="91" spans="1:14" ht="12.95" customHeight="1">
       <c r="A91" s="11" t="s">
-        <v>11</v>
+        <v>79</v>
       </c>
       <c r="B91" s="4">
         <f>N62</f>
         <v>0</v>
       </c>
       <c r="C91" s="4">
         <f>N63</f>
         <v>0</v>
       </c>
       <c r="D91" s="4">
         <f>N64</f>
         <v>0</v>
       </c>
       <c r="E91" s="4">
         <f>N65</f>
         <v>0</v>
       </c>
       <c r="F91" s="4">
         <f>N66</f>
         <v>0</v>
       </c>
       <c r="G91" s="4">
         <f>N67</f>
         <v>0</v>
       </c>
       <c r="H91" s="4">
         <f>N68</f>
         <v>0</v>
       </c>
       <c r="I91" s="4">
         <f>N69</f>
         <v>0</v>
       </c>
       <c r="J91" s="13">
         <f>N70</f>
         <v>0</v>
       </c>
       <c r="K91" s="3"/>
       <c r="L91" s="3"/>
       <c r="M91" s="3"/>
     </row>
-    <row r="92" spans="1:14" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="92" spans="1:14" ht="12.95" customHeight="1" thickBot="1">
       <c r="A92" s="78" t="s">
-        <v>12</v>
+        <v>83</v>
       </c>
       <c r="B92" s="79">
         <f>N76</f>
         <v>0</v>
       </c>
       <c r="C92" s="79">
         <f>N77</f>
         <v>0</v>
       </c>
       <c r="D92" s="79">
         <f>N78</f>
         <v>0</v>
       </c>
       <c r="E92" s="79">
         <f>N79</f>
         <v>0</v>
       </c>
       <c r="F92" s="79">
         <f>N80</f>
         <v>0</v>
       </c>
       <c r="G92" s="79">
         <f>N81</f>
         <v>0</v>
       </c>
       <c r="H92" s="79">
         <f>N82</f>
         <v>0</v>
       </c>
       <c r="I92" s="79">
         <f>N83</f>
         <v>0</v>
       </c>
       <c r="J92" s="80">
         <f>N84</f>
         <v>0</v>
       </c>
       <c r="K92" s="3"/>
       <c r="L92" s="179" t="s">
-        <v>31</v>
+        <v>75</v>
       </c>
       <c r="M92" s="179"/>
     </row>
-    <row r="93" spans="1:14" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="93" spans="1:14" ht="12.95" customHeight="1" thickBot="1">
       <c r="A93" s="73" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
       <c r="B93" s="74">
         <f>(SUM(B88:B92)/(COUNTA(B88:B92)))</f>
         <v>0</v>
       </c>
       <c r="C93" s="74">
         <f t="shared" ref="C93:J93" si="55">(SUM(C88:C92)/(COUNTA(C88:C92)))</f>
         <v>0</v>
       </c>
       <c r="D93" s="74">
         <f t="shared" si="55"/>
         <v>0</v>
       </c>
       <c r="E93" s="74">
         <f t="shared" si="55"/>
         <v>0</v>
       </c>
       <c r="F93" s="74">
         <f t="shared" si="55"/>
         <v>0</v>
       </c>
       <c r="G93" s="74">
         <f t="shared" si="55"/>
         <v>0</v>
       </c>
       <c r="H93" s="74">
         <f t="shared" si="55"/>
         <v>0</v>
       </c>
       <c r="I93" s="74">
         <f t="shared" si="55"/>
         <v>0</v>
       </c>
       <c r="J93" s="75">
         <f t="shared" si="55"/>
         <v>0</v>
       </c>
       <c r="K93" s="56">
         <f>SUM(B93:J93)</f>
         <v>0</v>
       </c>
       <c r="L93" s="179"/>
       <c r="M93" s="179"/>
     </row>
-    <row r="94" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="94" spans="1:14" ht="12.95" customHeight="1">
       <c r="A94" s="60" t="s">
-        <v>33</v>
+        <v>64</v>
       </c>
       <c r="B94" s="3"/>
       <c r="C94" s="3"/>
       <c r="D94" s="3"/>
       <c r="E94" s="3"/>
       <c r="F94" s="3"/>
       <c r="H94" s="3"/>
       <c r="I94" s="3"/>
       <c r="J94" s="3"/>
       <c r="K94" s="5"/>
       <c r="L94" s="3"/>
       <c r="M94" s="3"/>
     </row>
-    <row r="95" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="95" spans="1:14" ht="12.95" customHeight="1">
       <c r="A95" s="2"/>
       <c r="B95" s="3"/>
       <c r="C95" s="3"/>
       <c r="D95" s="3"/>
       <c r="E95" s="3"/>
       <c r="F95" s="3"/>
       <c r="G95" s="3"/>
       <c r="H95" s="3"/>
       <c r="I95" s="3"/>
       <c r="J95" s="3"/>
       <c r="K95" s="3"/>
       <c r="L95" s="3"/>
       <c r="M95" s="3"/>
     </row>
-    <row r="96" spans="1:14" ht="14.6" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="96" spans="1:14" ht="14.45" thickBot="1">
       <c r="A96" s="116" t="s">
-        <v>6</v>
+        <v>65</v>
       </c>
       <c r="B96" s="3"/>
       <c r="C96" s="3"/>
       <c r="D96" s="3"/>
       <c r="E96" s="3"/>
       <c r="F96" s="3"/>
       <c r="G96" s="3"/>
       <c r="H96" s="3"/>
       <c r="I96" s="3"/>
       <c r="J96" s="3"/>
       <c r="K96" s="3"/>
       <c r="L96" s="3"/>
       <c r="M96" s="3"/>
     </row>
-    <row r="97" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="97" spans="1:14">
       <c r="A97" s="81"/>
       <c r="B97" s="82"/>
       <c r="C97" s="82"/>
       <c r="D97" s="82"/>
       <c r="E97" s="82"/>
       <c r="F97" s="82"/>
       <c r="G97" s="82"/>
       <c r="H97" s="82"/>
       <c r="I97" s="82"/>
       <c r="J97" s="82"/>
       <c r="K97" s="82"/>
       <c r="L97" s="82"/>
       <c r="M97" s="82"/>
       <c r="N97" s="88"/>
     </row>
-    <row r="98" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="98" spans="1:14">
       <c r="A98" s="83"/>
       <c r="B98" s="57"/>
       <c r="C98" s="57"/>
       <c r="D98" s="57"/>
       <c r="E98" s="57"/>
       <c r="F98" s="57"/>
       <c r="G98" s="57"/>
       <c r="H98" s="57"/>
       <c r="I98" s="57"/>
       <c r="J98" s="57"/>
       <c r="K98" s="57"/>
       <c r="L98" s="57"/>
       <c r="M98" s="57"/>
       <c r="N98" s="89"/>
     </row>
-    <row r="99" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="99" spans="1:14">
       <c r="A99" s="84"/>
       <c r="B99" s="58"/>
       <c r="C99" s="58"/>
       <c r="D99" s="58"/>
       <c r="E99" s="58"/>
       <c r="F99" s="58"/>
       <c r="G99" s="58"/>
       <c r="H99" s="58"/>
       <c r="I99" s="58"/>
       <c r="J99" s="58"/>
       <c r="K99" s="58"/>
       <c r="L99" s="58"/>
       <c r="M99" s="58"/>
       <c r="N99" s="89"/>
     </row>
-    <row r="100" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="100" spans="1:14">
       <c r="A100" s="83"/>
       <c r="B100" s="57"/>
       <c r="C100" s="57"/>
       <c r="D100" s="57"/>
       <c r="E100" s="57"/>
       <c r="F100" s="57"/>
       <c r="G100" s="57"/>
       <c r="H100" s="57"/>
       <c r="I100" s="57"/>
       <c r="J100" s="57"/>
       <c r="K100" s="57"/>
       <c r="L100" s="57"/>
       <c r="M100" s="57"/>
       <c r="N100" s="89"/>
     </row>
-    <row r="101" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="101" spans="1:14">
       <c r="A101" s="83"/>
       <c r="B101" s="57"/>
       <c r="C101" s="57"/>
       <c r="D101" s="57"/>
       <c r="E101" s="57"/>
       <c r="F101" s="57"/>
       <c r="G101" s="57"/>
       <c r="H101" s="57"/>
       <c r="I101" s="57"/>
       <c r="J101" s="57"/>
       <c r="K101" s="57"/>
       <c r="L101" s="57"/>
       <c r="M101" s="57"/>
       <c r="N101" s="89"/>
     </row>
-    <row r="102" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="102" spans="1:14">
       <c r="A102" s="83"/>
       <c r="B102" s="57"/>
       <c r="C102" s="57"/>
       <c r="D102" s="57"/>
       <c r="E102" s="57"/>
       <c r="F102" s="57"/>
       <c r="G102" s="57"/>
       <c r="H102" s="57"/>
       <c r="I102" s="57"/>
       <c r="J102" s="57"/>
       <c r="K102" s="57"/>
       <c r="L102" s="57"/>
       <c r="M102" s="57"/>
       <c r="N102" s="89"/>
     </row>
-    <row r="103" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="103" spans="1:14">
       <c r="A103" s="83"/>
       <c r="B103" s="57"/>
       <c r="C103" s="57"/>
       <c r="D103" s="57"/>
       <c r="E103" s="57"/>
       <c r="F103" s="57"/>
       <c r="G103" s="57"/>
       <c r="H103" s="57"/>
       <c r="I103" s="57"/>
       <c r="J103" s="57"/>
       <c r="K103" s="57"/>
       <c r="L103" s="57"/>
       <c r="M103" s="57"/>
       <c r="N103" s="89"/>
     </row>
-    <row r="104" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="104" spans="1:14">
       <c r="A104" s="83"/>
       <c r="B104" s="57"/>
       <c r="C104" s="57"/>
       <c r="D104" s="57"/>
       <c r="E104" s="57"/>
       <c r="F104" s="57"/>
       <c r="G104" s="57"/>
       <c r="H104" s="57"/>
       <c r="I104" s="57"/>
       <c r="J104" s="57"/>
       <c r="K104" s="57"/>
       <c r="L104" s="57"/>
       <c r="M104" s="57"/>
       <c r="N104" s="89"/>
     </row>
-    <row r="105" spans="1:14" ht="14.6" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="105" spans="1:14" ht="14.45" thickBot="1">
       <c r="A105" s="85"/>
       <c r="B105" s="86"/>
       <c r="C105" s="86"/>
       <c r="D105" s="86"/>
       <c r="E105" s="86"/>
       <c r="F105" s="86"/>
       <c r="G105" s="86"/>
       <c r="H105" s="86"/>
       <c r="I105" s="86"/>
       <c r="J105" s="86"/>
       <c r="K105" s="86"/>
       <c r="L105" s="86"/>
       <c r="M105" s="86"/>
       <c r="N105" s="90"/>
     </row>
   </sheetData>
   <mergeCells count="50">
     <mergeCell ref="L15:N15"/>
     <mergeCell ref="L6:N7"/>
     <mergeCell ref="L11:N11"/>
     <mergeCell ref="L12:N12"/>
     <mergeCell ref="L13:N13"/>
     <mergeCell ref="L14:N14"/>
     <mergeCell ref="B9:C9"/>
     <mergeCell ref="B10:C10"/>
@@ -10987,801 +11016,801 @@
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations xWindow="124" yWindow="876" count="1">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Program Name" prompt="Enter the name of your program as it appears in ADS." sqref="C4:M4" xr:uid="{FFF85223-6A20-4E6F-A076-69A6A9E5B928}"/>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="A2:N2" location="Instructions!A1" display="Follow the ACGME Rural Track Program Block Diagram Instructions to complete this template. " xr:uid="{43A5F40B-6581-41E3-8335-09852D8FD68E}"/>
   </hyperlinks>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.52239583333333328" header="0.3" footer="0.3"/>
   <pageSetup scale="85" orientation="landscape" verticalDpi="1200" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="44" max="13" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EF9B0F35-517F-4F2B-BAA7-1877BED01DEC}">
   <sheetPr>
     <tabColor rgb="FF58585B"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:S193"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A165" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G177" sqref="G177"/>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="W12" sqref="W12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.6" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr defaultRowHeight="14.45"/>
   <cols>
-    <col min="1" max="1" width="2.84375" customWidth="1"/>
-    <col min="19" max="19" width="9.3828125" customWidth="1"/>
+    <col min="1" max="1" width="2.85546875" customWidth="1"/>
+    <col min="19" max="19" width="9.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:19" ht="22.75" x14ac:dyDescent="0.4">
+    <row r="1" spans="2:19" ht="23.1">
       <c r="B1" s="134" t="s">
-        <v>48</v>
+        <v>85</v>
       </c>
       <c r="C1" s="134"/>
       <c r="D1" s="134"/>
       <c r="E1" s="134"/>
       <c r="F1" s="134"/>
       <c r="G1" s="134"/>
       <c r="H1" s="134"/>
       <c r="I1" s="134"/>
       <c r="J1" s="134"/>
       <c r="K1" s="134"/>
       <c r="L1" s="134"/>
       <c r="M1" s="134"/>
       <c r="N1" s="134"/>
       <c r="O1" s="134"/>
       <c r="P1" s="134"/>
       <c r="Q1" s="134"/>
       <c r="R1" s="134"/>
       <c r="S1" s="134"/>
     </row>
-    <row r="2" spans="2:19" ht="18" x14ac:dyDescent="0.45">
+    <row r="2" spans="2:19" ht="17.45">
       <c r="B2" s="188" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="C2" s="188"/>
       <c r="D2" s="188"/>
       <c r="E2" s="188"/>
       <c r="F2" s="188"/>
       <c r="G2" s="188"/>
       <c r="H2" s="188"/>
       <c r="I2" s="188"/>
       <c r="J2" s="188"/>
       <c r="K2" s="188"/>
       <c r="L2" s="188"/>
       <c r="M2" s="188"/>
       <c r="N2" s="188"/>
       <c r="O2" s="188"/>
       <c r="P2" s="188"/>
       <c r="Q2" s="188"/>
       <c r="R2" s="188"/>
       <c r="S2" s="188"/>
     </row>
-    <row r="4" spans="2:19" ht="17.600000000000001" x14ac:dyDescent="0.4">
+    <row r="4" spans="2:19" ht="17.45">
       <c r="B4" s="118" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-    <row r="31" spans="2:2" ht="17.600000000000001" x14ac:dyDescent="0.4">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="31" spans="2:2" ht="17.45">
       <c r="B31" s="118" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="64" spans="2:2" ht="17.600000000000001" x14ac:dyDescent="0.4">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="64" spans="2:2" ht="17.45">
       <c r="B64" s="118" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-    <row r="66" spans="2:2" ht="17.600000000000001" x14ac:dyDescent="0.4">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="66" spans="2:2" ht="17.45">
       <c r="B66" s="118" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="106" spans="2:19" ht="17.600000000000001" x14ac:dyDescent="0.4">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="106" spans="2:19" ht="17.45">
       <c r="B106" s="118" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="108" spans="2:19" ht="39.65" customHeight="1" x14ac:dyDescent="0.4">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="108" spans="2:19" ht="39.6" customHeight="1">
       <c r="B108" s="189" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="C108" s="189"/>
       <c r="D108" s="189"/>
       <c r="E108" s="189"/>
       <c r="F108" s="189"/>
       <c r="G108" s="189"/>
       <c r="H108" s="189"/>
       <c r="I108" s="189"/>
       <c r="J108" s="189"/>
       <c r="K108" s="189"/>
       <c r="L108" s="189"/>
       <c r="M108" s="189"/>
       <c r="N108" s="189"/>
       <c r="O108" s="189"/>
       <c r="P108" s="189"/>
       <c r="Q108" s="189"/>
       <c r="R108" s="189"/>
       <c r="S108" s="189"/>
     </row>
-    <row r="128" spans="2:2" ht="17.600000000000001" x14ac:dyDescent="0.4">
+    <row r="128" spans="2:2" ht="17.45">
       <c r="B128" s="118" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="168" spans="2:2" ht="17.600000000000001" x14ac:dyDescent="0.4">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="168" spans="2:2" ht="17.45">
       <c r="B168" s="118" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="181" spans="2:2" ht="17.600000000000001" x14ac:dyDescent="0.4">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="181" spans="2:2" ht="17.45">
       <c r="B181" s="118" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-    <row r="193" spans="2:2" ht="17.600000000000001" x14ac:dyDescent="0.4">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="193" spans="2:2" ht="17.45">
       <c r="B193" s="95"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B1:S1"/>
     <mergeCell ref="B2:S2"/>
     <mergeCell ref="B108:S108"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="79" fitToHeight="0" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4EB650EA-1BBB-413C-97C7-4804CE5FD41A}">
   <sheetPr>
     <tabColor theme="5"/>
   </sheetPr>
   <dimension ref="A1:O45"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="F13" sqref="F13:G13"/>
+      <selection activeCell="L6" sqref="L6:N7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.3046875" defaultRowHeight="14.15" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="11.28515625" defaultRowHeight="14.1"/>
   <cols>
-    <col min="1" max="1" width="21.84375" style="39" customWidth="1"/>
-    <col min="2" max="16384" width="11.3046875" style="39"/>
+    <col min="1" max="1" width="21.85546875" style="39" customWidth="1"/>
+    <col min="2" max="16384" width="11.28515625" style="39"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:15" ht="25.5" customHeight="1">
       <c r="A1" s="145" t="s">
-        <v>86</v>
+        <v>31</v>
       </c>
       <c r="B1" s="145"/>
       <c r="C1" s="145"/>
       <c r="D1" s="145"/>
       <c r="E1" s="145"/>
       <c r="F1" s="145"/>
       <c r="G1" s="145"/>
       <c r="H1" s="145"/>
       <c r="I1" s="145"/>
       <c r="J1" s="145"/>
       <c r="K1" s="145"/>
       <c r="L1" s="145"/>
       <c r="M1" s="145"/>
       <c r="N1" s="145"/>
       <c r="O1" s="145"/>
     </row>
-    <row r="2" spans="1:15" ht="15" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:15" ht="15.6">
       <c r="A2" s="146" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="B2" s="146"/>
       <c r="C2" s="146"/>
       <c r="D2" s="146"/>
       <c r="E2" s="146"/>
       <c r="F2" s="146"/>
       <c r="G2" s="146"/>
       <c r="H2" s="146"/>
       <c r="I2" s="146"/>
       <c r="J2" s="146"/>
       <c r="K2" s="146"/>
       <c r="L2" s="146"/>
       <c r="M2" s="146"/>
       <c r="N2" s="146"/>
       <c r="O2" s="146"/>
     </row>
-    <row r="3" spans="1:15" ht="11.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:15" ht="11.1" customHeight="1" thickBot="1">
       <c r="A3" s="63"/>
       <c r="B3" s="63"/>
       <c r="C3" s="63"/>
       <c r="D3" s="63"/>
       <c r="E3" s="63"/>
       <c r="F3" s="63"/>
       <c r="G3" s="63"/>
       <c r="H3" s="63"/>
       <c r="I3" s="63"/>
       <c r="J3" s="63"/>
       <c r="K3" s="63"/>
       <c r="L3" s="63"/>
       <c r="M3" s="63"/>
       <c r="N3" s="63"/>
       <c r="O3" s="63"/>
     </row>
-    <row r="4" spans="1:15" ht="18" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="4" spans="1:15" ht="18.600000000000001" thickBot="1">
       <c r="A4" s="147" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B4" s="148"/>
       <c r="C4" s="149" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="D4" s="149"/>
       <c r="E4" s="149"/>
       <c r="F4" s="149"/>
       <c r="G4" s="149"/>
       <c r="H4" s="149"/>
       <c r="I4" s="149"/>
       <c r="J4" s="149"/>
       <c r="K4" s="149"/>
       <c r="L4" s="149"/>
       <c r="M4" s="150"/>
       <c r="N4" s="151"/>
       <c r="O4" s="38"/>
     </row>
-    <row r="5" spans="1:15" ht="7" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="1:15" ht="6.95" customHeight="1" thickBot="1">
       <c r="A5" s="40"/>
       <c r="B5" s="40"/>
       <c r="C5" s="41"/>
       <c r="D5" s="41"/>
       <c r="E5" s="41"/>
       <c r="F5" s="41"/>
       <c r="G5" s="41"/>
       <c r="H5" s="41"/>
       <c r="I5" s="41"/>
       <c r="J5" s="41"/>
       <c r="K5" s="41"/>
       <c r="L5" s="41"/>
       <c r="M5" s="41"/>
       <c r="N5" s="41"/>
       <c r="O5" s="38"/>
     </row>
-    <row r="6" spans="1:15" ht="19" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:15" ht="18.95" customHeight="1" thickBot="1">
       <c r="A6" s="61" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="B6" s="12" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C6" s="41"/>
       <c r="D6" s="41"/>
       <c r="E6" s="41"/>
       <c r="F6" s="41"/>
       <c r="G6" s="41"/>
       <c r="H6" s="41"/>
       <c r="I6" s="41"/>
       <c r="J6" s="41"/>
       <c r="K6" s="41"/>
       <c r="L6" s="152" t="s">
-        <v>79</v>
+        <v>37</v>
       </c>
       <c r="M6" s="153"/>
       <c r="N6" s="154"/>
       <c r="O6" s="38"/>
     </row>
-    <row r="7" spans="1:15" ht="24.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="7" spans="1:15" ht="24.6" customHeight="1" thickBot="1">
       <c r="A7" s="29" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="B7" s="158" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="C7" s="158"/>
       <c r="D7" s="158" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="E7" s="158"/>
       <c r="F7" s="158" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="G7" s="158"/>
       <c r="H7" s="117" t="s">
-        <v>75</v>
+        <v>42</v>
       </c>
       <c r="I7" s="117" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="J7" s="159" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="K7" s="160"/>
       <c r="L7" s="155"/>
       <c r="M7" s="156"/>
       <c r="N7" s="157"/>
     </row>
-    <row r="8" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:15" ht="15.6" customHeight="1">
       <c r="A8" s="30" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="B8" s="168"/>
       <c r="C8" s="168"/>
       <c r="D8" s="169"/>
       <c r="E8" s="169"/>
       <c r="F8" s="169"/>
       <c r="G8" s="169"/>
       <c r="H8" s="25"/>
       <c r="I8" s="25"/>
       <c r="J8" s="170"/>
       <c r="K8" s="171"/>
       <c r="L8" s="172"/>
       <c r="M8" s="173"/>
       <c r="N8" s="174"/>
     </row>
-    <row r="9" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:15" ht="15.6" customHeight="1">
       <c r="A9" s="31" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="B9" s="161"/>
       <c r="C9" s="161"/>
       <c r="D9" s="162"/>
       <c r="E9" s="162"/>
       <c r="F9" s="162"/>
       <c r="G9" s="162"/>
       <c r="H9" s="27"/>
       <c r="I9" s="27"/>
       <c r="J9" s="163"/>
       <c r="K9" s="164"/>
       <c r="L9" s="165"/>
       <c r="M9" s="166"/>
       <c r="N9" s="167"/>
     </row>
-    <row r="10" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:15" ht="15.6" customHeight="1">
       <c r="A10" s="32" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="B10" s="176"/>
       <c r="C10" s="176"/>
       <c r="D10" s="162"/>
       <c r="E10" s="162"/>
       <c r="F10" s="162"/>
       <c r="G10" s="162"/>
       <c r="H10" s="27"/>
       <c r="I10" s="27"/>
       <c r="J10" s="163"/>
       <c r="K10" s="164"/>
       <c r="L10" s="165"/>
       <c r="M10" s="166"/>
       <c r="N10" s="167"/>
     </row>
-    <row r="11" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:15" ht="15.6" customHeight="1">
       <c r="A11" s="33" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="B11" s="175"/>
       <c r="C11" s="175"/>
       <c r="D11" s="162"/>
       <c r="E11" s="162"/>
       <c r="F11" s="162"/>
       <c r="G11" s="162"/>
       <c r="H11" s="27"/>
       <c r="I11" s="27"/>
       <c r="J11" s="163"/>
       <c r="K11" s="164"/>
       <c r="L11" s="165"/>
       <c r="M11" s="166"/>
       <c r="N11" s="167"/>
     </row>
-    <row r="12" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:15" ht="15.6" customHeight="1">
       <c r="A12" s="34" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="B12" s="178"/>
       <c r="C12" s="178"/>
       <c r="D12" s="162"/>
       <c r="E12" s="162"/>
       <c r="F12" s="162"/>
       <c r="G12" s="162"/>
       <c r="H12" s="27"/>
       <c r="I12" s="27"/>
       <c r="J12" s="163"/>
       <c r="K12" s="164"/>
       <c r="L12" s="165"/>
       <c r="M12" s="166"/>
       <c r="N12" s="167"/>
     </row>
-    <row r="13" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:15" ht="15.6" customHeight="1">
       <c r="A13" s="35" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="B13" s="177"/>
       <c r="C13" s="177"/>
       <c r="D13" s="162"/>
       <c r="E13" s="162"/>
       <c r="F13" s="162"/>
       <c r="G13" s="162"/>
       <c r="H13" s="27"/>
       <c r="I13" s="27"/>
       <c r="J13" s="163"/>
       <c r="K13" s="164"/>
       <c r="L13" s="165"/>
       <c r="M13" s="166"/>
       <c r="N13" s="167"/>
     </row>
-    <row r="14" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:15" ht="15.6" customHeight="1">
       <c r="A14" s="36" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="B14" s="180"/>
       <c r="C14" s="180"/>
       <c r="D14" s="162"/>
       <c r="E14" s="162"/>
       <c r="F14" s="162"/>
       <c r="G14" s="162"/>
       <c r="H14" s="27"/>
       <c r="I14" s="27"/>
       <c r="J14" s="163"/>
       <c r="K14" s="164"/>
       <c r="L14" s="165"/>
       <c r="M14" s="166"/>
       <c r="N14" s="167"/>
     </row>
-    <row r="15" spans="1:15" ht="15.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="15" spans="1:15" ht="15.6" customHeight="1" thickBot="1">
       <c r="A15" s="37" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="B15" s="181"/>
       <c r="C15" s="181"/>
       <c r="D15" s="182"/>
       <c r="E15" s="182"/>
       <c r="F15" s="182"/>
       <c r="G15" s="182"/>
       <c r="H15" s="28"/>
       <c r="I15" s="28"/>
       <c r="J15" s="183"/>
       <c r="K15" s="184"/>
       <c r="L15" s="185"/>
       <c r="M15" s="186"/>
       <c r="N15" s="187"/>
     </row>
-    <row r="16" spans="1:15" ht="6.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:15" ht="6.6" customHeight="1">
       <c r="A16" s="42"/>
       <c r="B16" s="38"/>
       <c r="C16" s="38"/>
       <c r="D16" s="38"/>
       <c r="E16" s="38"/>
       <c r="F16" s="38"/>
       <c r="G16" s="38"/>
       <c r="H16" s="38"/>
       <c r="I16" s="38"/>
       <c r="J16" s="38"/>
       <c r="K16" s="38"/>
       <c r="L16" s="38"/>
       <c r="M16" s="38"/>
       <c r="N16" s="38"/>
       <c r="O16" s="38"/>
     </row>
-    <row r="17" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:15" ht="12.95" customHeight="1">
       <c r="A17" s="59" t="s">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="B17" s="62" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6"/>
       <c r="E17" s="6"/>
       <c r="F17" s="6"/>
       <c r="G17" s="6"/>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="6"/>
       <c r="N17" s="6"/>
       <c r="O17" s="38"/>
     </row>
-    <row r="18" spans="1:15" s="43" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="18" spans="1:15" s="43" customFormat="1" ht="12.95" customHeight="1" thickBot="1">
       <c r="A18" s="7" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="B18" s="1">
         <v>1</v>
       </c>
       <c r="C18" s="1">
         <v>2</v>
       </c>
       <c r="D18" s="1">
         <v>3</v>
       </c>
       <c r="E18" s="1">
         <v>4</v>
       </c>
       <c r="F18" s="1">
         <v>5</v>
       </c>
       <c r="G18" s="1">
         <v>6</v>
       </c>
       <c r="H18" s="1">
         <v>7</v>
       </c>
       <c r="I18" s="1">
         <v>8</v>
       </c>
       <c r="J18" s="1">
         <v>9</v>
       </c>
       <c r="K18" s="1">
         <v>10</v>
       </c>
       <c r="L18" s="1">
         <v>11</v>
       </c>
       <c r="M18" s="1">
         <v>12</v>
       </c>
       <c r="N18" s="1">
         <v>13</v>
       </c>
       <c r="O18" s="42" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:15" s="43" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" s="43" customFormat="1" ht="12.95" customHeight="1">
       <c r="A19" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B19" s="25"/>
       <c r="C19" s="25"/>
       <c r="D19" s="25"/>
       <c r="E19" s="25"/>
       <c r="F19" s="25"/>
       <c r="G19" s="25"/>
       <c r="H19" s="25"/>
       <c r="I19" s="25"/>
       <c r="J19" s="25"/>
       <c r="K19" s="25"/>
       <c r="L19" s="25"/>
       <c r="M19" s="25"/>
       <c r="N19" s="25"/>
       <c r="O19" s="42"/>
     </row>
-    <row r="20" spans="1:15" s="43" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:15" s="43" customFormat="1" ht="12.95" customHeight="1">
       <c r="A20" s="16" t="str">
         <f t="shared" ref="A20:A27" si="0">A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="B20" s="94"/>
       <c r="C20" s="94"/>
       <c r="D20" s="94"/>
       <c r="E20" s="94"/>
       <c r="F20" s="94"/>
       <c r="G20" s="94"/>
       <c r="H20" s="94"/>
       <c r="I20" s="94"/>
       <c r="J20" s="94"/>
       <c r="K20" s="94"/>
       <c r="L20" s="94"/>
       <c r="M20" s="94"/>
       <c r="N20" s="94"/>
       <c r="O20" s="44">
         <f t="shared" ref="O20:O28" si="1">(SUM(B20:N20)/13)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:15" s="43" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:15" s="43" customFormat="1" ht="12.95" customHeight="1">
       <c r="A21" s="15" t="str">
         <f t="shared" si="0"/>
         <v>Site 2 Name</v>
       </c>
       <c r="B21" s="94"/>
       <c r="C21" s="94"/>
       <c r="D21" s="94"/>
       <c r="E21" s="94"/>
       <c r="F21" s="94"/>
       <c r="G21" s="94"/>
       <c r="H21" s="94"/>
       <c r="I21" s="94"/>
       <c r="J21" s="94"/>
       <c r="K21" s="94"/>
       <c r="L21" s="94"/>
       <c r="M21" s="94"/>
       <c r="N21" s="94"/>
       <c r="O21" s="45">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:15" ht="12.95" customHeight="1">
       <c r="A22" s="14" t="str">
         <f t="shared" si="0"/>
         <v>Site 3 Name</v>
       </c>
       <c r="B22" s="94"/>
       <c r="C22" s="94"/>
       <c r="D22" s="94"/>
       <c r="E22" s="94"/>
       <c r="F22" s="94"/>
       <c r="G22" s="94"/>
       <c r="H22" s="94"/>
       <c r="I22" s="94"/>
       <c r="J22" s="94"/>
       <c r="K22" s="94"/>
       <c r="L22" s="94"/>
       <c r="M22" s="94"/>
       <c r="N22" s="94"/>
       <c r="O22" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:15" ht="12.95" customHeight="1">
       <c r="A23" s="17" t="str">
         <f t="shared" si="0"/>
         <v>Site 4 Name</v>
       </c>
       <c r="B23" s="94"/>
       <c r="C23" s="94"/>
       <c r="D23" s="94"/>
       <c r="E23" s="94"/>
       <c r="F23" s="94"/>
       <c r="G23" s="94"/>
       <c r="H23" s="94"/>
       <c r="I23" s="94"/>
       <c r="J23" s="94"/>
       <c r="K23" s="94"/>
       <c r="L23" s="94"/>
       <c r="M23" s="94"/>
       <c r="N23" s="94"/>
       <c r="O23" s="47">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:15" ht="12.95" customHeight="1">
       <c r="A24" s="18" t="str">
         <f t="shared" si="0"/>
         <v>Site 5 Name</v>
       </c>
       <c r="B24" s="94"/>
       <c r="C24" s="94"/>
       <c r="D24" s="94"/>
       <c r="E24" s="94"/>
       <c r="F24" s="94"/>
       <c r="G24" s="94"/>
       <c r="H24" s="94"/>
       <c r="I24" s="94"/>
       <c r="J24" s="94"/>
       <c r="K24" s="94"/>
       <c r="L24" s="94"/>
       <c r="M24" s="94"/>
       <c r="N24" s="94"/>
       <c r="O24" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:15" ht="12.95" customHeight="1">
       <c r="A25" s="19" t="str">
         <f t="shared" si="0"/>
         <v>Site 6 Name</v>
       </c>
       <c r="B25" s="94"/>
       <c r="C25" s="94"/>
       <c r="D25" s="94"/>
       <c r="E25" s="94"/>
       <c r="F25" s="94"/>
       <c r="G25" s="94"/>
       <c r="H25" s="94"/>
       <c r="I25" s="94"/>
       <c r="J25" s="94"/>
       <c r="K25" s="94"/>
       <c r="L25" s="94"/>
       <c r="M25" s="94"/>
       <c r="N25" s="94"/>
       <c r="O25" s="49">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:15" ht="12.95" customHeight="1">
       <c r="A26" s="20" t="str">
         <f t="shared" si="0"/>
         <v>Site 7 Name</v>
       </c>
       <c r="B26" s="94"/>
       <c r="C26" s="94"/>
       <c r="D26" s="94"/>
       <c r="E26" s="94"/>
       <c r="F26" s="94"/>
       <c r="G26" s="94"/>
       <c r="H26" s="94"/>
       <c r="I26" s="94"/>
       <c r="J26" s="94"/>
       <c r="K26" s="94"/>
       <c r="L26" s="94"/>
       <c r="M26" s="94"/>
       <c r="N26" s="94"/>
       <c r="O26" s="50">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:15" ht="12.95" customHeight="1">
       <c r="A27" s="21" t="str">
         <f t="shared" si="0"/>
         <v>Site 8 Name</v>
       </c>
       <c r="B27" s="94"/>
       <c r="C27" s="94"/>
       <c r="D27" s="94"/>
       <c r="E27" s="94"/>
       <c r="F27" s="94"/>
       <c r="G27" s="94"/>
       <c r="H27" s="94"/>
       <c r="I27" s="94"/>
       <c r="J27" s="94"/>
       <c r="K27" s="94"/>
       <c r="L27" s="94"/>
       <c r="M27" s="94"/>
       <c r="N27" s="94"/>
       <c r="O27" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:15" ht="12.95" customHeight="1">
       <c r="A28" s="22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="B28" s="94"/>
       <c r="C28" s="94"/>
       <c r="D28" s="94"/>
       <c r="E28" s="94"/>
       <c r="F28" s="94"/>
       <c r="G28" s="94"/>
       <c r="H28" s="94"/>
       <c r="I28" s="94"/>
       <c r="J28" s="94"/>
       <c r="K28" s="94"/>
       <c r="L28" s="94"/>
       <c r="M28" s="94"/>
       <c r="N28" s="94"/>
       <c r="O28" s="52">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:15" ht="12.95" customHeight="1">
       <c r="A29" s="92" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B29" s="93">
         <f>SUM(B20:B28)</f>
         <v>0</v>
       </c>
       <c r="C29" s="93">
         <f t="shared" ref="C29:N29" si="2">SUM(C20:C28)</f>
         <v>0</v>
       </c>
       <c r="D29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="E29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="F29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="G29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
@@ -11793,391 +11822,391 @@
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="N29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O29" s="52"/>
     </row>
-    <row r="30" spans="1:15" ht="7" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="30" spans="1:15" ht="6.95" customHeight="1" thickBot="1">
       <c r="A30" s="9"/>
       <c r="B30" s="12"/>
       <c r="C30" s="3"/>
       <c r="D30" s="3"/>
       <c r="E30" s="3"/>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="J30" s="3"/>
       <c r="K30" s="3"/>
       <c r="L30" s="3"/>
       <c r="M30" s="3"/>
       <c r="N30" s="3"/>
     </row>
-    <row r="31" spans="1:15" ht="26.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="31" spans="1:15" ht="26.1" customHeight="1" thickBot="1">
       <c r="A31" s="87" t="s">
-        <v>90</v>
+        <v>60</v>
       </c>
       <c r="B31" s="64" t="str">
         <f>A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="C31" s="65" t="str">
         <f>A9</f>
         <v>Site 2 Name</v>
       </c>
       <c r="D31" s="66" t="str">
         <f>A10</f>
         <v>Site 3 Name</v>
       </c>
       <c r="E31" s="67" t="str">
         <f>A11</f>
         <v>Site 4 Name</v>
       </c>
       <c r="F31" s="68" t="str">
         <f>A12</f>
         <v>Site 5 Name</v>
       </c>
       <c r="G31" s="69" t="str">
         <f>A13</f>
         <v>Site 6 Name</v>
       </c>
       <c r="H31" s="70" t="str">
         <f>A14</f>
         <v>Site 7 Name</v>
       </c>
       <c r="I31" s="71" t="str">
         <f>A15</f>
         <v>Site 8 Name</v>
       </c>
       <c r="J31" s="72" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="K31" s="3"/>
       <c r="L31" s="3"/>
       <c r="M31" s="3"/>
       <c r="N31" s="3"/>
     </row>
-    <row r="32" spans="1:15" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="32" spans="1:15" ht="12.95" customHeight="1" thickBot="1">
       <c r="A32" s="10" t="s">
-        <v>8</v>
+        <v>62</v>
       </c>
       <c r="B32" s="76">
         <f>O20</f>
         <v>0</v>
       </c>
       <c r="C32" s="76">
         <f>O21</f>
         <v>0</v>
       </c>
       <c r="D32" s="76">
         <f>O22</f>
         <v>0</v>
       </c>
       <c r="E32" s="76">
         <f>O23</f>
         <v>0</v>
       </c>
       <c r="F32" s="76">
         <f>O24</f>
         <v>0</v>
       </c>
       <c r="G32" s="76">
         <f>O25</f>
         <v>0</v>
       </c>
       <c r="H32" s="76">
         <f>O26</f>
         <v>0</v>
       </c>
       <c r="I32" s="76">
         <f>O27</f>
         <v>0</v>
       </c>
       <c r="J32" s="77">
         <f>O28</f>
         <v>0</v>
       </c>
       <c r="K32" s="3"/>
       <c r="L32" s="3"/>
       <c r="M32" s="3"/>
       <c r="N32" s="3"/>
     </row>
-    <row r="33" spans="1:15" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="33" spans="1:15" ht="12.95" customHeight="1" thickBot="1">
       <c r="A33" s="73" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
       <c r="B33" s="74">
         <f t="shared" ref="B33:J33" si="3">(SUM(B32:B32)/(COUNTA(B32:B32)))</f>
         <v>0</v>
       </c>
       <c r="C33" s="74">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="D33" s="74">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="E33" s="74">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="F33" s="74">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="G33" s="74">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="H33" s="74">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="I33" s="74">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J33" s="75">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K33" s="56">
         <f>SUM(B33:J33)</f>
         <v>0</v>
       </c>
       <c r="L33" s="179"/>
       <c r="M33" s="179"/>
       <c r="N33" s="91"/>
     </row>
-    <row r="34" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:15" ht="12.95" customHeight="1">
       <c r="A34" s="60" t="s">
-        <v>33</v>
+        <v>64</v>
       </c>
       <c r="B34" s="3"/>
       <c r="C34" s="3"/>
       <c r="D34" s="3"/>
       <c r="E34" s="3"/>
       <c r="F34" s="3"/>
       <c r="H34" s="3"/>
       <c r="I34" s="3"/>
       <c r="J34" s="3"/>
       <c r="K34" s="5"/>
       <c r="L34" s="3"/>
       <c r="M34" s="3"/>
       <c r="N34" s="3"/>
     </row>
-    <row r="35" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:15" ht="12.95" customHeight="1">
       <c r="A35" s="2"/>
       <c r="B35" s="3"/>
       <c r="C35" s="3"/>
       <c r="D35" s="3"/>
       <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
       <c r="I35" s="3"/>
       <c r="J35" s="3"/>
       <c r="K35" s="3"/>
       <c r="L35" s="3"/>
       <c r="M35" s="3"/>
       <c r="N35" s="3"/>
     </row>
-    <row r="36" spans="1:15" ht="14.6" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="36" spans="1:15" ht="14.45" thickBot="1">
       <c r="A36" s="116" t="s">
-        <v>6</v>
+        <v>65</v>
       </c>
       <c r="B36" s="3"/>
       <c r="C36" s="3"/>
       <c r="D36" s="3"/>
       <c r="E36" s="3"/>
       <c r="F36" s="3"/>
       <c r="G36" s="3"/>
       <c r="H36" s="3"/>
       <c r="I36" s="3"/>
       <c r="J36" s="3"/>
       <c r="K36" s="3"/>
       <c r="L36" s="3"/>
       <c r="M36" s="3"/>
       <c r="N36" s="3"/>
     </row>
-    <row r="37" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:15">
       <c r="A37" s="81"/>
       <c r="B37" s="82"/>
       <c r="C37" s="82"/>
       <c r="D37" s="82"/>
       <c r="E37" s="82"/>
       <c r="F37" s="82"/>
       <c r="G37" s="82"/>
       <c r="H37" s="82"/>
       <c r="I37" s="82"/>
       <c r="J37" s="82"/>
       <c r="K37" s="82"/>
       <c r="L37" s="82"/>
       <c r="M37" s="82"/>
       <c r="N37" s="82"/>
       <c r="O37" s="88"/>
     </row>
-    <row r="38" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:15">
       <c r="A38" s="83"/>
       <c r="B38" s="57"/>
       <c r="C38" s="57"/>
       <c r="D38" s="57"/>
       <c r="E38" s="57"/>
       <c r="F38" s="57"/>
       <c r="G38" s="57"/>
       <c r="H38" s="57"/>
       <c r="I38" s="57"/>
       <c r="J38" s="57"/>
       <c r="K38" s="57"/>
       <c r="L38" s="57"/>
       <c r="M38" s="57"/>
       <c r="N38" s="57"/>
       <c r="O38" s="89"/>
     </row>
-    <row r="39" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:15">
       <c r="A39" s="84"/>
       <c r="B39" s="58"/>
       <c r="C39" s="58"/>
       <c r="D39" s="58"/>
       <c r="E39" s="58"/>
       <c r="F39" s="58"/>
       <c r="G39" s="58"/>
       <c r="H39" s="58"/>
       <c r="I39" s="58"/>
       <c r="J39" s="58"/>
       <c r="K39" s="58"/>
       <c r="L39" s="58"/>
       <c r="M39" s="58"/>
       <c r="N39" s="58"/>
       <c r="O39" s="89"/>
     </row>
-    <row r="40" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:15">
       <c r="A40" s="83"/>
       <c r="B40" s="57"/>
       <c r="C40" s="57"/>
       <c r="D40" s="57"/>
       <c r="E40" s="57"/>
       <c r="F40" s="57"/>
       <c r="G40" s="57"/>
       <c r="H40" s="57"/>
       <c r="I40" s="57"/>
       <c r="J40" s="57"/>
       <c r="K40" s="57"/>
       <c r="L40" s="57"/>
       <c r="M40" s="57"/>
       <c r="N40" s="57"/>
       <c r="O40" s="89"/>
     </row>
-    <row r="41" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:15">
       <c r="A41" s="83"/>
       <c r="B41" s="57"/>
       <c r="C41" s="57"/>
       <c r="D41" s="57"/>
       <c r="E41" s="57"/>
       <c r="F41" s="57"/>
       <c r="G41" s="57"/>
       <c r="H41" s="57"/>
       <c r="I41" s="57"/>
       <c r="J41" s="57"/>
       <c r="K41" s="57"/>
       <c r="L41" s="57"/>
       <c r="M41" s="57"/>
       <c r="N41" s="57"/>
       <c r="O41" s="89"/>
     </row>
-    <row r="42" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:15">
       <c r="A42" s="83"/>
       <c r="B42" s="57"/>
       <c r="C42" s="57"/>
       <c r="D42" s="57"/>
       <c r="E42" s="57"/>
       <c r="F42" s="57"/>
       <c r="G42" s="57"/>
       <c r="H42" s="57"/>
       <c r="I42" s="57"/>
       <c r="J42" s="57"/>
       <c r="K42" s="57"/>
       <c r="L42" s="57"/>
       <c r="M42" s="57"/>
       <c r="N42" s="57"/>
       <c r="O42" s="89"/>
     </row>
-    <row r="43" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:15">
       <c r="A43" s="83"/>
       <c r="B43" s="57"/>
       <c r="C43" s="57"/>
       <c r="D43" s="57"/>
       <c r="E43" s="57"/>
       <c r="F43" s="57"/>
       <c r="G43" s="57"/>
       <c r="H43" s="57"/>
       <c r="I43" s="57"/>
       <c r="J43" s="57"/>
       <c r="K43" s="57"/>
       <c r="L43" s="57"/>
       <c r="M43" s="57"/>
       <c r="N43" s="57"/>
       <c r="O43" s="89"/>
     </row>
-    <row r="44" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:15">
       <c r="A44" s="83"/>
       <c r="B44" s="57"/>
       <c r="C44" s="57"/>
       <c r="D44" s="57"/>
       <c r="E44" s="57"/>
       <c r="F44" s="57"/>
       <c r="G44" s="57"/>
       <c r="H44" s="57"/>
       <c r="I44" s="57"/>
       <c r="J44" s="57"/>
       <c r="K44" s="57"/>
       <c r="L44" s="57"/>
       <c r="M44" s="57"/>
       <c r="N44" s="57"/>
       <c r="O44" s="89"/>
     </row>
-    <row r="45" spans="1:15" ht="14.6" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="45" spans="1:15" ht="14.45" thickBot="1">
       <c r="A45" s="85"/>
       <c r="B45" s="86"/>
       <c r="C45" s="86"/>
       <c r="D45" s="86"/>
       <c r="E45" s="86"/>
       <c r="F45" s="86"/>
       <c r="G45" s="86"/>
       <c r="H45" s="86"/>
       <c r="I45" s="86"/>
       <c r="J45" s="86"/>
       <c r="K45" s="86"/>
       <c r="L45" s="86"/>
       <c r="M45" s="86"/>
       <c r="N45" s="86"/>
       <c r="O45" s="90"/>
     </row>
   </sheetData>
   <mergeCells count="50">
     <mergeCell ref="L33:M33"/>
     <mergeCell ref="B14:C14"/>
     <mergeCell ref="D14:E14"/>
     <mergeCell ref="F14:G14"/>
     <mergeCell ref="J14:K14"/>
     <mergeCell ref="L14:N14"/>
     <mergeCell ref="B15:C15"/>
@@ -12238,643 +12267,643 @@
       <formula>1</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="76" priority="6" operator="equal">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Program Name" prompt="Enter the name of your program as it appears in ADS." sqref="C4:N4" xr:uid="{5278C215-CA7D-400B-B68C-C07494FC6325}"/>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="A2:O2" location="Instructions!A1" display="Follow the ACGME Rural Track Program Block Diagram Instructions to complete this template. " xr:uid="{DE1F983B-EAFF-4C13-AD5C-20170D231EEA}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.25" bottom="0.25" header="0.3" footer="0.3"/>
   <pageSetup scale="75" orientation="landscape" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1ADEC14F-1815-4681-8CA2-259809AB6A8C}">
   <sheetPr>
     <tabColor theme="5"/>
   </sheetPr>
   <dimension ref="A1:N45"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="N23" sqref="N23"/>
+      <selection activeCell="L6" sqref="L6:N7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0.84375" defaultRowHeight="14.15" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0.85546875" defaultRowHeight="14.1"/>
   <cols>
-    <col min="1" max="1" width="22.3828125" style="39" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="15" max="16384" width="0.84375" style="39"/>
+    <col min="1" max="1" width="22.42578125" style="39" customWidth="1"/>
+    <col min="2" max="11" width="9.85546875" style="39" customWidth="1"/>
+    <col min="12" max="14" width="11.28515625" style="39" customWidth="1"/>
+    <col min="15" max="16384" width="0.85546875" style="39"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:14" ht="25.5" customHeight="1">
       <c r="A1" s="145" t="s">
-        <v>87</v>
+        <v>66</v>
       </c>
       <c r="B1" s="145"/>
       <c r="C1" s="145"/>
       <c r="D1" s="145"/>
       <c r="E1" s="145"/>
       <c r="F1" s="145"/>
       <c r="G1" s="145"/>
       <c r="H1" s="145"/>
       <c r="I1" s="145"/>
       <c r="J1" s="145"/>
       <c r="K1" s="145"/>
       <c r="L1" s="145"/>
       <c r="M1" s="145"/>
       <c r="N1" s="145"/>
     </row>
-    <row r="2" spans="1:14" ht="15" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:14" ht="15.6">
       <c r="A2" s="146" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="B2" s="146"/>
       <c r="C2" s="146"/>
       <c r="D2" s="146"/>
       <c r="E2" s="146"/>
       <c r="F2" s="146"/>
       <c r="G2" s="146"/>
       <c r="H2" s="146"/>
       <c r="I2" s="146"/>
       <c r="J2" s="146"/>
       <c r="K2" s="146"/>
       <c r="L2" s="146"/>
       <c r="M2" s="146"/>
       <c r="N2" s="146"/>
     </row>
-    <row r="3" spans="1:14" ht="11.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A3" s="63"/>
       <c r="B3" s="63"/>
       <c r="C3" s="63"/>
       <c r="D3" s="63"/>
       <c r="E3" s="63"/>
       <c r="F3" s="63"/>
       <c r="G3" s="63"/>
       <c r="H3" s="63"/>
       <c r="I3" s="63"/>
       <c r="J3" s="63"/>
       <c r="K3" s="63"/>
       <c r="L3" s="63"/>
       <c r="M3" s="63"/>
       <c r="N3" s="63"/>
     </row>
-    <row r="4" spans="1:14" ht="18" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="4" spans="1:14" ht="18.600000000000001" thickBot="1">
       <c r="A4" s="147" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B4" s="148"/>
       <c r="C4" s="149" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="D4" s="149"/>
       <c r="E4" s="149"/>
       <c r="F4" s="149"/>
       <c r="G4" s="149"/>
       <c r="H4" s="149"/>
       <c r="I4" s="149"/>
       <c r="J4" s="149"/>
       <c r="K4" s="149"/>
       <c r="L4" s="149"/>
       <c r="M4" s="151"/>
       <c r="N4" s="38"/>
     </row>
-    <row r="5" spans="1:14" ht="7" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="1:14" ht="6.95" customHeight="1" thickBot="1">
       <c r="A5" s="40"/>
       <c r="B5" s="40"/>
       <c r="C5" s="41"/>
       <c r="D5" s="41"/>
       <c r="E5" s="41"/>
       <c r="F5" s="41"/>
       <c r="G5" s="41"/>
       <c r="H5" s="41"/>
       <c r="I5" s="41"/>
       <c r="J5" s="41"/>
       <c r="K5" s="41"/>
       <c r="L5" s="41"/>
       <c r="M5" s="41"/>
       <c r="N5" s="38"/>
     </row>
-    <row r="6" spans="1:14" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:14" ht="18" customHeight="1" thickBot="1">
       <c r="A6" s="61" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="B6" s="12" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C6" s="41"/>
       <c r="D6" s="41"/>
       <c r="E6" s="41"/>
       <c r="F6" s="41"/>
       <c r="G6" s="41"/>
       <c r="H6" s="41"/>
       <c r="I6" s="41"/>
       <c r="J6" s="41"/>
       <c r="K6" s="41"/>
       <c r="L6" s="152" t="s">
-        <v>79</v>
+        <v>67</v>
       </c>
       <c r="M6" s="153"/>
       <c r="N6" s="154"/>
     </row>
-    <row r="7" spans="1:14" ht="24.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="7" spans="1:14" ht="24.6" customHeight="1" thickBot="1">
       <c r="A7" s="29" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="B7" s="158" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="C7" s="158"/>
       <c r="D7" s="158" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="E7" s="158"/>
       <c r="F7" s="158" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="G7" s="158"/>
       <c r="H7" s="117" t="s">
-        <v>75</v>
+        <v>42</v>
       </c>
       <c r="I7" s="117" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="J7" s="159" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="K7" s="160"/>
       <c r="L7" s="155"/>
       <c r="M7" s="156"/>
       <c r="N7" s="157"/>
     </row>
-    <row r="8" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:14" ht="15.6" customHeight="1">
       <c r="A8" s="30" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="B8" s="168"/>
       <c r="C8" s="168"/>
       <c r="D8" s="169"/>
       <c r="E8" s="169"/>
       <c r="F8" s="169"/>
       <c r="G8" s="169"/>
       <c r="H8" s="25"/>
       <c r="I8" s="25"/>
       <c r="J8" s="170"/>
       <c r="K8" s="171"/>
       <c r="L8" s="172"/>
       <c r="M8" s="173"/>
       <c r="N8" s="174"/>
     </row>
-    <row r="9" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:14" ht="15.6" customHeight="1">
       <c r="A9" s="31" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="B9" s="161"/>
       <c r="C9" s="161"/>
       <c r="D9" s="162"/>
       <c r="E9" s="162"/>
       <c r="F9" s="162"/>
       <c r="G9" s="162"/>
       <c r="H9" s="27"/>
       <c r="I9" s="27"/>
       <c r="J9" s="163"/>
       <c r="K9" s="164"/>
       <c r="L9" s="165"/>
       <c r="M9" s="166"/>
       <c r="N9" s="167"/>
     </row>
-    <row r="10" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:14" ht="15.6" customHeight="1">
       <c r="A10" s="32" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="B10" s="176"/>
       <c r="C10" s="176"/>
       <c r="D10" s="162"/>
       <c r="E10" s="162"/>
       <c r="F10" s="162"/>
       <c r="G10" s="162"/>
       <c r="H10" s="27"/>
       <c r="I10" s="27"/>
       <c r="J10" s="163"/>
       <c r="K10" s="164"/>
       <c r="L10" s="165"/>
       <c r="M10" s="166"/>
       <c r="N10" s="167"/>
     </row>
-    <row r="11" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:14" ht="15.6" customHeight="1">
       <c r="A11" s="33" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="B11" s="175"/>
       <c r="C11" s="175"/>
       <c r="D11" s="162"/>
       <c r="E11" s="162"/>
       <c r="F11" s="162"/>
       <c r="G11" s="162"/>
       <c r="H11" s="27"/>
       <c r="I11" s="27"/>
       <c r="J11" s="163"/>
       <c r="K11" s="164"/>
       <c r="L11" s="165"/>
       <c r="M11" s="166"/>
       <c r="N11" s="167"/>
     </row>
-    <row r="12" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:14" ht="15.6" customHeight="1">
       <c r="A12" s="34" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="B12" s="178"/>
       <c r="C12" s="178"/>
       <c r="D12" s="162"/>
       <c r="E12" s="162"/>
       <c r="F12" s="162"/>
       <c r="G12" s="162"/>
       <c r="H12" s="27"/>
       <c r="I12" s="27"/>
       <c r="J12" s="163"/>
       <c r="K12" s="164"/>
       <c r="L12" s="165"/>
       <c r="M12" s="166"/>
       <c r="N12" s="167"/>
     </row>
-    <row r="13" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:14" ht="15.6" customHeight="1">
       <c r="A13" s="35" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="B13" s="177"/>
       <c r="C13" s="177"/>
       <c r="D13" s="162"/>
       <c r="E13" s="162"/>
       <c r="F13" s="162"/>
       <c r="G13" s="162"/>
       <c r="H13" s="27"/>
       <c r="I13" s="27"/>
       <c r="J13" s="163"/>
       <c r="K13" s="164"/>
       <c r="L13" s="165"/>
       <c r="M13" s="166"/>
       <c r="N13" s="167"/>
     </row>
-    <row r="14" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:14" ht="15.6" customHeight="1">
       <c r="A14" s="36" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="B14" s="180"/>
       <c r="C14" s="180"/>
       <c r="D14" s="162"/>
       <c r="E14" s="162"/>
       <c r="F14" s="162"/>
       <c r="G14" s="162"/>
       <c r="H14" s="27"/>
       <c r="I14" s="27"/>
       <c r="J14" s="163"/>
       <c r="K14" s="164"/>
       <c r="L14" s="165"/>
       <c r="M14" s="166"/>
       <c r="N14" s="167"/>
     </row>
-    <row r="15" spans="1:14" ht="15.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="15" spans="1:14" ht="15.6" customHeight="1" thickBot="1">
       <c r="A15" s="37" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="B15" s="181"/>
       <c r="C15" s="181"/>
       <c r="D15" s="182"/>
       <c r="E15" s="182"/>
       <c r="F15" s="182"/>
       <c r="G15" s="182"/>
       <c r="H15" s="28"/>
       <c r="I15" s="28"/>
       <c r="J15" s="183"/>
       <c r="K15" s="184"/>
       <c r="L15" s="185"/>
       <c r="M15" s="186"/>
       <c r="N15" s="187"/>
     </row>
-    <row r="16" spans="1:14" ht="6.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:14" ht="6.6" customHeight="1">
       <c r="A16" s="42"/>
       <c r="B16" s="38"/>
       <c r="C16" s="38"/>
       <c r="D16" s="38"/>
       <c r="E16" s="38"/>
       <c r="F16" s="38"/>
       <c r="G16" s="38"/>
       <c r="H16" s="38"/>
       <c r="I16" s="38"/>
       <c r="J16" s="38"/>
       <c r="K16" s="38"/>
       <c r="L16" s="38"/>
       <c r="M16" s="38"/>
       <c r="N16" s="38"/>
     </row>
-    <row r="17" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:14" ht="12.95" customHeight="1">
       <c r="A17" s="59" t="s">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="B17" s="62" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6"/>
       <c r="E17" s="6"/>
       <c r="F17" s="6"/>
       <c r="G17" s="6"/>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="6"/>
       <c r="N17" s="38"/>
     </row>
-    <row r="18" spans="1:14" s="43" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="18" spans="1:14" s="43" customFormat="1" ht="12.95" customHeight="1" thickBot="1">
       <c r="A18" s="7" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="B18" s="1">
         <v>1</v>
       </c>
       <c r="C18" s="1">
         <v>2</v>
       </c>
       <c r="D18" s="1">
         <v>3</v>
       </c>
       <c r="E18" s="1">
         <v>4</v>
       </c>
       <c r="F18" s="1">
         <v>5</v>
       </c>
       <c r="G18" s="1">
         <v>6</v>
       </c>
       <c r="H18" s="1">
         <v>7</v>
       </c>
       <c r="I18" s="1">
         <v>8</v>
       </c>
       <c r="J18" s="1">
         <v>9</v>
       </c>
       <c r="K18" s="1">
         <v>10</v>
       </c>
       <c r="L18" s="1">
         <v>11</v>
       </c>
       <c r="M18" s="1">
         <v>12</v>
       </c>
       <c r="N18" s="42" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14" s="43" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" s="43" customFormat="1" ht="12.95" customHeight="1">
       <c r="A19" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B19" s="25"/>
       <c r="C19" s="25"/>
       <c r="D19" s="25"/>
       <c r="E19" s="25"/>
       <c r="F19" s="25"/>
       <c r="G19" s="25"/>
       <c r="H19" s="25"/>
       <c r="I19" s="25"/>
       <c r="J19" s="25"/>
       <c r="K19" s="25"/>
       <c r="L19" s="25"/>
       <c r="M19" s="25"/>
       <c r="N19" s="42"/>
     </row>
-    <row r="20" spans="1:14" s="43" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:14" s="43" customFormat="1" ht="12.95" customHeight="1">
       <c r="A20" s="16" t="str">
         <f t="shared" ref="A20:A27" si="0">A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="B20" s="94"/>
       <c r="C20" s="94"/>
       <c r="D20" s="94"/>
       <c r="E20" s="94"/>
       <c r="F20" s="94"/>
       <c r="G20" s="94"/>
       <c r="H20" s="94"/>
       <c r="I20" s="94"/>
       <c r="J20" s="94"/>
       <c r="K20" s="94"/>
       <c r="L20" s="94"/>
       <c r="M20" s="94"/>
       <c r="N20" s="44">
         <f>(SUM(B20:M20)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:14" s="43" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:14" s="43" customFormat="1" ht="12.95" customHeight="1">
       <c r="A21" s="15" t="str">
         <f t="shared" si="0"/>
         <v>Site 2 Name</v>
       </c>
       <c r="B21" s="94"/>
       <c r="C21" s="94"/>
       <c r="D21" s="94"/>
       <c r="E21" s="94"/>
       <c r="F21" s="94"/>
       <c r="G21" s="94"/>
       <c r="H21" s="94"/>
       <c r="I21" s="94"/>
       <c r="J21" s="94"/>
       <c r="K21" s="94"/>
       <c r="L21" s="94"/>
       <c r="M21" s="94"/>
       <c r="N21" s="45">
         <f>(SUM(B21:M21)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:14" ht="12.95" customHeight="1">
       <c r="A22" s="14" t="str">
         <f t="shared" si="0"/>
         <v>Site 3 Name</v>
       </c>
       <c r="B22" s="94"/>
       <c r="C22" s="94"/>
       <c r="D22" s="94"/>
       <c r="E22" s="94"/>
       <c r="F22" s="94"/>
       <c r="G22" s="94"/>
       <c r="H22" s="94"/>
       <c r="I22" s="94"/>
       <c r="J22" s="94"/>
       <c r="K22" s="94"/>
       <c r="L22" s="94"/>
       <c r="M22" s="94"/>
       <c r="N22" s="46">
         <f t="shared" ref="N22:N28" si="1">(SUM(B22:M22)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:14" ht="12.95" customHeight="1">
       <c r="A23" s="17" t="str">
         <f t="shared" si="0"/>
         <v>Site 4 Name</v>
       </c>
       <c r="B23" s="94"/>
       <c r="C23" s="94"/>
       <c r="D23" s="94"/>
       <c r="E23" s="94"/>
       <c r="F23" s="94"/>
       <c r="G23" s="94"/>
       <c r="H23" s="94"/>
       <c r="I23" s="94"/>
       <c r="J23" s="94"/>
       <c r="K23" s="94"/>
       <c r="L23" s="94"/>
       <c r="M23" s="94"/>
       <c r="N23" s="47">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:14" ht="12.95" customHeight="1">
       <c r="A24" s="18" t="str">
         <f t="shared" si="0"/>
         <v>Site 5 Name</v>
       </c>
       <c r="B24" s="94"/>
       <c r="C24" s="94"/>
       <c r="D24" s="94"/>
       <c r="E24" s="94"/>
       <c r="F24" s="94"/>
       <c r="G24" s="94"/>
       <c r="H24" s="94"/>
       <c r="I24" s="94"/>
       <c r="J24" s="94"/>
       <c r="K24" s="94"/>
       <c r="L24" s="94"/>
       <c r="M24" s="94"/>
       <c r="N24" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:14" ht="12.95" customHeight="1">
       <c r="A25" s="19" t="str">
         <f t="shared" si="0"/>
         <v>Site 6 Name</v>
       </c>
       <c r="B25" s="94"/>
       <c r="C25" s="94"/>
       <c r="D25" s="94"/>
       <c r="E25" s="94"/>
       <c r="F25" s="94"/>
       <c r="G25" s="94"/>
       <c r="H25" s="94"/>
       <c r="I25" s="94"/>
       <c r="J25" s="94"/>
       <c r="K25" s="94"/>
       <c r="L25" s="94"/>
       <c r="M25" s="94"/>
       <c r="N25" s="49">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:14" ht="12.95" customHeight="1">
       <c r="A26" s="20" t="str">
         <f t="shared" si="0"/>
         <v>Site 7 Name</v>
       </c>
       <c r="B26" s="94"/>
       <c r="C26" s="94"/>
       <c r="D26" s="94"/>
       <c r="E26" s="94"/>
       <c r="F26" s="94"/>
       <c r="G26" s="94"/>
       <c r="H26" s="94"/>
       <c r="I26" s="94"/>
       <c r="J26" s="94"/>
       <c r="K26" s="94"/>
       <c r="L26" s="94"/>
       <c r="M26" s="94"/>
       <c r="N26" s="50">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:14" ht="12.95" customHeight="1">
       <c r="A27" s="21" t="str">
         <f t="shared" si="0"/>
         <v>Site 8 Name</v>
       </c>
       <c r="B27" s="94"/>
       <c r="C27" s="94"/>
       <c r="D27" s="94"/>
       <c r="E27" s="94"/>
       <c r="F27" s="94"/>
       <c r="G27" s="94"/>
       <c r="H27" s="94"/>
       <c r="I27" s="94"/>
       <c r="J27" s="94"/>
       <c r="K27" s="94"/>
       <c r="L27" s="94"/>
       <c r="M27" s="94"/>
       <c r="N27" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:14" ht="12.95" customHeight="1">
       <c r="A28" s="22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="B28" s="94"/>
       <c r="C28" s="94"/>
       <c r="D28" s="94"/>
       <c r="E28" s="94"/>
       <c r="F28" s="94"/>
       <c r="G28" s="94"/>
       <c r="H28" s="94"/>
       <c r="I28" s="94"/>
       <c r="J28" s="94"/>
       <c r="K28" s="94"/>
       <c r="L28" s="94"/>
       <c r="M28" s="94"/>
       <c r="N28" s="52">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:14" ht="12.95" customHeight="1">
       <c r="A29" s="92" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B29" s="93">
         <f>SUM(B20:B28)</f>
         <v>0</v>
       </c>
       <c r="C29" s="93">
         <f t="shared" ref="C29:M29" si="2">SUM(C20:C28)</f>
         <v>0</v>
       </c>
       <c r="D29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="E29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="F29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="G29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
@@ -12882,376 +12911,376 @@
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="I29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="N29" s="52"/>
     </row>
-    <row r="30" spans="1:14" ht="7" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="30" spans="1:14" ht="6.95" customHeight="1" thickBot="1">
       <c r="A30" s="9"/>
       <c r="B30" s="12"/>
       <c r="C30" s="3"/>
       <c r="D30" s="3"/>
       <c r="E30" s="3"/>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="J30" s="3"/>
       <c r="K30" s="3"/>
       <c r="L30" s="3"/>
       <c r="M30" s="3"/>
     </row>
-    <row r="31" spans="1:14" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="31" spans="1:14" ht="30.75" customHeight="1" thickBot="1">
       <c r="A31" s="87" t="s">
-        <v>90</v>
+        <v>60</v>
       </c>
       <c r="B31" s="64" t="str">
         <f>A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="C31" s="65" t="str">
         <f>A9</f>
         <v>Site 2 Name</v>
       </c>
       <c r="D31" s="66" t="str">
         <f>A10</f>
         <v>Site 3 Name</v>
       </c>
       <c r="E31" s="67" t="str">
         <f>A11</f>
         <v>Site 4 Name</v>
       </c>
       <c r="F31" s="68" t="str">
         <f>A12</f>
         <v>Site 5 Name</v>
       </c>
       <c r="G31" s="69" t="str">
         <f>A13</f>
         <v>Site 6 Name</v>
       </c>
       <c r="H31" s="70" t="str">
         <f>A14</f>
         <v>Site 7 Name</v>
       </c>
       <c r="I31" s="71" t="str">
         <f>A15</f>
         <v>Site 8 Name</v>
       </c>
       <c r="J31" s="72" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="K31" s="3"/>
       <c r="L31" s="3"/>
       <c r="M31" s="3"/>
     </row>
-    <row r="32" spans="1:14" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="32" spans="1:14" ht="12.95" customHeight="1" thickBot="1">
       <c r="A32" s="10" t="s">
-        <v>8</v>
+        <v>62</v>
       </c>
       <c r="B32" s="76">
         <f>N20</f>
         <v>0</v>
       </c>
       <c r="C32" s="76">
         <f>N21</f>
         <v>0</v>
       </c>
       <c r="D32" s="76">
         <f>N22</f>
         <v>0</v>
       </c>
       <c r="E32" s="76">
         <f>N23</f>
         <v>0</v>
       </c>
       <c r="F32" s="76">
         <f>N24</f>
         <v>0</v>
       </c>
       <c r="G32" s="76">
         <f>N25</f>
         <v>0</v>
       </c>
       <c r="H32" s="76">
         <f>N26</f>
         <v>0</v>
       </c>
       <c r="I32" s="76">
         <f>N27</f>
         <v>0</v>
       </c>
       <c r="J32" s="77">
         <f>N28</f>
         <v>0</v>
       </c>
       <c r="K32" s="3"/>
       <c r="L32" s="3"/>
       <c r="M32" s="3"/>
     </row>
-    <row r="33" spans="1:14" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="33" spans="1:14" ht="12.95" customHeight="1" thickBot="1">
       <c r="A33" s="73" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
       <c r="B33" s="74">
         <f t="shared" ref="B33:J33" si="3">(SUM(B32:B32)/(COUNTA(B32:B32)))</f>
         <v>0</v>
       </c>
       <c r="C33" s="74">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="D33" s="74">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="E33" s="74">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="F33" s="74">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="G33" s="74">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="H33" s="74">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="I33" s="74">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J33" s="75">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K33" s="56">
         <f>SUM(B33:J33)</f>
         <v>0</v>
       </c>
       <c r="L33" s="179"/>
       <c r="M33" s="179"/>
     </row>
-    <row r="34" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:14" ht="12.95" customHeight="1">
       <c r="A34" s="60" t="s">
-        <v>33</v>
+        <v>64</v>
       </c>
       <c r="B34" s="3"/>
       <c r="C34" s="3"/>
       <c r="D34" s="3"/>
       <c r="E34" s="3"/>
       <c r="F34" s="3"/>
       <c r="H34" s="3"/>
       <c r="I34" s="3"/>
       <c r="J34" s="3"/>
       <c r="K34" s="5"/>
       <c r="L34" s="3"/>
       <c r="M34" s="3"/>
     </row>
-    <row r="35" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:14" ht="12.95" customHeight="1">
       <c r="A35" s="2"/>
       <c r="B35" s="3"/>
       <c r="C35" s="3"/>
       <c r="D35" s="3"/>
       <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
       <c r="I35" s="3"/>
       <c r="J35" s="3"/>
       <c r="K35" s="3"/>
       <c r="L35" s="3"/>
       <c r="M35" s="3"/>
     </row>
-    <row r="36" spans="1:14" ht="14.6" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="36" spans="1:14" ht="14.45" thickBot="1">
       <c r="A36" s="115" t="s">
-        <v>6</v>
+        <v>65</v>
       </c>
       <c r="B36" s="3"/>
       <c r="C36" s="3"/>
       <c r="D36" s="3"/>
       <c r="E36" s="3"/>
       <c r="F36" s="3"/>
       <c r="G36" s="3"/>
       <c r="H36" s="3"/>
       <c r="I36" s="3"/>
       <c r="J36" s="3"/>
       <c r="K36" s="3"/>
       <c r="L36" s="3"/>
       <c r="M36" s="3"/>
     </row>
-    <row r="37" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:14">
       <c r="A37" s="81"/>
       <c r="B37" s="82"/>
       <c r="C37" s="82"/>
       <c r="D37" s="82"/>
       <c r="E37" s="82"/>
       <c r="F37" s="82"/>
       <c r="G37" s="82"/>
       <c r="H37" s="82"/>
       <c r="I37" s="82"/>
       <c r="J37" s="82"/>
       <c r="K37" s="82"/>
       <c r="L37" s="82"/>
       <c r="M37" s="82"/>
       <c r="N37" s="88"/>
     </row>
-    <row r="38" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:14">
       <c r="A38" s="83"/>
       <c r="B38" s="57"/>
       <c r="C38" s="57"/>
       <c r="D38" s="57"/>
       <c r="E38" s="57"/>
       <c r="F38" s="57"/>
       <c r="G38" s="57"/>
       <c r="H38" s="57"/>
       <c r="I38" s="57"/>
       <c r="J38" s="57"/>
       <c r="K38" s="57"/>
       <c r="L38" s="57"/>
       <c r="M38" s="57"/>
       <c r="N38" s="89"/>
     </row>
-    <row r="39" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:14">
       <c r="A39" s="84"/>
       <c r="B39" s="58"/>
       <c r="C39" s="58"/>
       <c r="D39" s="58"/>
       <c r="E39" s="58"/>
       <c r="F39" s="58"/>
       <c r="G39" s="58"/>
       <c r="H39" s="58"/>
       <c r="I39" s="58"/>
       <c r="J39" s="58"/>
       <c r="K39" s="58"/>
       <c r="L39" s="58"/>
       <c r="M39" s="58"/>
       <c r="N39" s="89"/>
     </row>
-    <row r="40" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:14">
       <c r="A40" s="83"/>
       <c r="B40" s="57"/>
       <c r="C40" s="57"/>
       <c r="D40" s="57"/>
       <c r="E40" s="57"/>
       <c r="F40" s="57"/>
       <c r="G40" s="57"/>
       <c r="H40" s="57"/>
       <c r="I40" s="57"/>
       <c r="J40" s="57"/>
       <c r="K40" s="57"/>
       <c r="L40" s="57"/>
       <c r="M40" s="57"/>
       <c r="N40" s="89"/>
     </row>
-    <row r="41" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:14">
       <c r="A41" s="83"/>
       <c r="B41" s="57"/>
       <c r="C41" s="57"/>
       <c r="D41" s="57"/>
       <c r="E41" s="57"/>
       <c r="F41" s="57"/>
       <c r="G41" s="57"/>
       <c r="H41" s="57"/>
       <c r="I41" s="57"/>
       <c r="J41" s="57"/>
       <c r="K41" s="57"/>
       <c r="L41" s="57"/>
       <c r="M41" s="57"/>
       <c r="N41" s="89"/>
     </row>
-    <row r="42" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:14">
       <c r="A42" s="83"/>
       <c r="B42" s="57"/>
       <c r="C42" s="57"/>
       <c r="D42" s="57"/>
       <c r="E42" s="57"/>
       <c r="F42" s="57"/>
       <c r="G42" s="57"/>
       <c r="H42" s="57"/>
       <c r="I42" s="57"/>
       <c r="J42" s="57"/>
       <c r="K42" s="57"/>
       <c r="L42" s="57"/>
       <c r="M42" s="57"/>
       <c r="N42" s="89"/>
     </row>
-    <row r="43" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:14">
       <c r="A43" s="83"/>
       <c r="B43" s="57"/>
       <c r="C43" s="57"/>
       <c r="D43" s="57"/>
       <c r="E43" s="57"/>
       <c r="F43" s="57"/>
       <c r="G43" s="57"/>
       <c r="H43" s="57"/>
       <c r="I43" s="57"/>
       <c r="J43" s="57"/>
       <c r="K43" s="57"/>
       <c r="L43" s="57"/>
       <c r="M43" s="57"/>
       <c r="N43" s="89"/>
     </row>
-    <row r="44" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:14">
       <c r="A44" s="83"/>
       <c r="B44" s="57"/>
       <c r="C44" s="57"/>
       <c r="D44" s="57"/>
       <c r="E44" s="57"/>
       <c r="F44" s="57"/>
       <c r="G44" s="57"/>
       <c r="H44" s="57"/>
       <c r="I44" s="57"/>
       <c r="J44" s="57"/>
       <c r="K44" s="57"/>
       <c r="L44" s="57"/>
       <c r="M44" s="57"/>
       <c r="N44" s="89"/>
     </row>
-    <row r="45" spans="1:14" ht="14.6" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="45" spans="1:14" ht="14.45" thickBot="1">
       <c r="A45" s="85"/>
       <c r="B45" s="86"/>
       <c r="C45" s="86"/>
       <c r="D45" s="86"/>
       <c r="E45" s="86"/>
       <c r="F45" s="86"/>
       <c r="G45" s="86"/>
       <c r="H45" s="86"/>
       <c r="I45" s="86"/>
       <c r="J45" s="86"/>
       <c r="K45" s="86"/>
       <c r="L45" s="86"/>
       <c r="M45" s="86"/>
       <c r="N45" s="90"/>
     </row>
   </sheetData>
   <mergeCells count="50">
     <mergeCell ref="L33:M33"/>
     <mergeCell ref="B14:C14"/>
     <mergeCell ref="D14:E14"/>
     <mergeCell ref="F14:G14"/>
     <mergeCell ref="J14:K14"/>
     <mergeCell ref="L14:N14"/>
     <mergeCell ref="B15:C15"/>
     <mergeCell ref="D15:E15"/>
@@ -13311,664 +13340,664 @@
       <formula>1</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="72" priority="6" operator="equal">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Program Name" prompt="Enter the name of your program as it appears in ADS." sqref="C4:M4" xr:uid="{C7BC463A-5B52-4AC8-98E4-D08DDF16D226}"/>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="A2:N2" location="Instructions!A1" display="Follow the ACGME Rural Track Program Block Diagram Instructions to complete this template. " xr:uid="{A77C1318-3433-4F17-9402-5BBBF4909633}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.25" bottom="0.25" header="0.3" footer="0.3"/>
   <pageSetup scale="85" orientation="landscape" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DAF5700B-B879-44B9-9EC7-06D95FFBD813}">
   <sheetPr>
     <tabColor rgb="FFC00000"/>
   </sheetPr>
   <dimension ref="A1:O60"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H16" sqref="H16"/>
+      <selection activeCell="L12" sqref="L12:N12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="21.84375" defaultRowHeight="14.15" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="21.85546875" defaultRowHeight="14.1"/>
   <cols>
-    <col min="1" max="1" width="25.4609375" style="39" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="16" max="16384" width="21.84375" style="39"/>
+    <col min="1" max="1" width="25.42578125" style="39" customWidth="1"/>
+    <col min="2" max="14" width="11.28515625" style="39" customWidth="1"/>
+    <col min="15" max="15" width="8.5703125" style="39" customWidth="1"/>
+    <col min="16" max="16384" width="21.85546875" style="39"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:15" ht="25.5" customHeight="1">
       <c r="A1" s="145" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="B1" s="145"/>
       <c r="C1" s="145"/>
       <c r="D1" s="145"/>
       <c r="E1" s="145"/>
       <c r="F1" s="145"/>
       <c r="G1" s="145"/>
       <c r="H1" s="145"/>
       <c r="I1" s="145"/>
       <c r="J1" s="145"/>
       <c r="K1" s="145"/>
       <c r="L1" s="145"/>
       <c r="M1" s="145"/>
       <c r="N1" s="145"/>
       <c r="O1" s="145"/>
     </row>
-    <row r="2" spans="1:15" ht="15" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:15" ht="15.6">
       <c r="A2" s="146" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="B2" s="146"/>
       <c r="C2" s="146"/>
       <c r="D2" s="146"/>
       <c r="E2" s="146"/>
       <c r="F2" s="146"/>
       <c r="G2" s="146"/>
       <c r="H2" s="146"/>
       <c r="I2" s="146"/>
       <c r="J2" s="146"/>
       <c r="K2" s="146"/>
       <c r="L2" s="146"/>
       <c r="M2" s="146"/>
       <c r="N2" s="146"/>
       <c r="O2" s="146"/>
     </row>
-    <row r="3" spans="1:15" ht="11.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:15" ht="11.1" customHeight="1" thickBot="1">
       <c r="A3" s="63"/>
       <c r="B3" s="63"/>
       <c r="C3" s="63"/>
       <c r="D3" s="63"/>
       <c r="E3" s="63"/>
       <c r="F3" s="63"/>
       <c r="G3" s="63"/>
       <c r="H3" s="63"/>
       <c r="I3" s="63"/>
       <c r="J3" s="63"/>
       <c r="K3" s="63"/>
       <c r="L3" s="63"/>
       <c r="M3" s="63"/>
       <c r="N3" s="63"/>
       <c r="O3" s="63"/>
     </row>
-    <row r="4" spans="1:15" ht="18" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="4" spans="1:15" ht="18.600000000000001" thickBot="1">
       <c r="A4" s="147" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B4" s="148"/>
       <c r="C4" s="149" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="D4" s="149"/>
       <c r="E4" s="149"/>
       <c r="F4" s="149"/>
       <c r="G4" s="149"/>
       <c r="H4" s="149"/>
       <c r="I4" s="149"/>
       <c r="J4" s="149"/>
       <c r="K4" s="149"/>
       <c r="L4" s="149"/>
       <c r="M4" s="150"/>
       <c r="N4" s="151"/>
       <c r="O4" s="38"/>
     </row>
-    <row r="5" spans="1:15" ht="7" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="1:15" ht="6.95" customHeight="1" thickBot="1">
       <c r="A5" s="40"/>
       <c r="B5" s="40"/>
       <c r="C5" s="41"/>
       <c r="D5" s="41"/>
       <c r="E5" s="41"/>
       <c r="F5" s="41"/>
       <c r="G5" s="41"/>
       <c r="H5" s="41"/>
       <c r="I5" s="41"/>
       <c r="J5" s="41"/>
       <c r="K5" s="41"/>
       <c r="L5" s="41"/>
       <c r="M5" s="41"/>
       <c r="N5" s="41"/>
       <c r="O5" s="38"/>
     </row>
-    <row r="6" spans="1:15" ht="19" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:15" ht="18.95" customHeight="1" thickBot="1">
       <c r="A6" s="61" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="B6" s="12" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C6" s="41"/>
       <c r="D6" s="41"/>
       <c r="E6" s="41"/>
       <c r="F6" s="41"/>
       <c r="G6" s="41"/>
       <c r="H6" s="41"/>
       <c r="I6" s="41"/>
       <c r="J6" s="41"/>
       <c r="K6" s="41"/>
       <c r="L6" s="152" t="s">
-        <v>79</v>
+        <v>37</v>
       </c>
       <c r="M6" s="153"/>
       <c r="N6" s="154"/>
       <c r="O6" s="38"/>
     </row>
-    <row r="7" spans="1:15" ht="24.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="7" spans="1:15" ht="24.6" customHeight="1" thickBot="1">
       <c r="A7" s="29" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="B7" s="158" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="C7" s="158"/>
       <c r="D7" s="158" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="E7" s="158"/>
       <c r="F7" s="158" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="G7" s="158"/>
       <c r="H7" s="117" t="s">
-        <v>75</v>
+        <v>42</v>
       </c>
       <c r="I7" s="117" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="J7" s="159" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="K7" s="160"/>
       <c r="L7" s="155"/>
       <c r="M7" s="156"/>
       <c r="N7" s="157"/>
     </row>
-    <row r="8" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:15" ht="15.6" customHeight="1">
       <c r="A8" s="30" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="B8" s="168"/>
       <c r="C8" s="168"/>
       <c r="D8" s="169"/>
       <c r="E8" s="169"/>
       <c r="F8" s="169"/>
       <c r="G8" s="169"/>
       <c r="H8" s="25"/>
       <c r="I8" s="25"/>
       <c r="J8" s="170"/>
       <c r="K8" s="171"/>
       <c r="L8" s="172"/>
       <c r="M8" s="173"/>
       <c r="N8" s="174"/>
     </row>
-    <row r="9" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:15" ht="15.6" customHeight="1">
       <c r="A9" s="31" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="B9" s="161"/>
       <c r="C9" s="161"/>
       <c r="D9" s="162"/>
       <c r="E9" s="162"/>
       <c r="F9" s="162"/>
       <c r="G9" s="162"/>
       <c r="H9" s="27"/>
       <c r="I9" s="27"/>
       <c r="J9" s="163"/>
       <c r="K9" s="164"/>
       <c r="L9" s="165"/>
       <c r="M9" s="166"/>
       <c r="N9" s="167"/>
     </row>
-    <row r="10" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:15" ht="15.6" customHeight="1">
       <c r="A10" s="32" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="B10" s="176"/>
       <c r="C10" s="176"/>
       <c r="D10" s="162"/>
       <c r="E10" s="162"/>
       <c r="F10" s="162"/>
       <c r="G10" s="162"/>
       <c r="H10" s="27"/>
       <c r="I10" s="27"/>
       <c r="J10" s="163"/>
       <c r="K10" s="164"/>
       <c r="L10" s="165"/>
       <c r="M10" s="166"/>
       <c r="N10" s="167"/>
     </row>
-    <row r="11" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:15" ht="15.6" customHeight="1">
       <c r="A11" s="33" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="B11" s="175"/>
       <c r="C11" s="175"/>
       <c r="D11" s="162"/>
       <c r="E11" s="162"/>
       <c r="F11" s="162"/>
       <c r="G11" s="162"/>
       <c r="H11" s="27"/>
       <c r="I11" s="27"/>
       <c r="J11" s="163"/>
       <c r="K11" s="164"/>
       <c r="L11" s="165"/>
       <c r="M11" s="166"/>
       <c r="N11" s="167"/>
     </row>
-    <row r="12" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:15" ht="15.6" customHeight="1">
       <c r="A12" s="34" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="B12" s="178"/>
       <c r="C12" s="178"/>
       <c r="D12" s="162"/>
       <c r="E12" s="162"/>
       <c r="F12" s="162"/>
       <c r="G12" s="162"/>
       <c r="H12" s="27"/>
       <c r="I12" s="27"/>
       <c r="J12" s="163"/>
       <c r="K12" s="164"/>
       <c r="L12" s="165"/>
       <c r="M12" s="166"/>
       <c r="N12" s="167"/>
     </row>
-    <row r="13" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:15" ht="15.6" customHeight="1">
       <c r="A13" s="35" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="B13" s="177"/>
       <c r="C13" s="177"/>
       <c r="D13" s="162"/>
       <c r="E13" s="162"/>
       <c r="F13" s="162"/>
       <c r="G13" s="162"/>
       <c r="H13" s="27"/>
       <c r="I13" s="27"/>
       <c r="J13" s="163"/>
       <c r="K13" s="164"/>
       <c r="L13" s="165"/>
       <c r="M13" s="166"/>
       <c r="N13" s="167"/>
     </row>
-    <row r="14" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:15" ht="15.6" customHeight="1">
       <c r="A14" s="36" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="B14" s="180"/>
       <c r="C14" s="180"/>
       <c r="D14" s="162"/>
       <c r="E14" s="162"/>
       <c r="F14" s="162"/>
       <c r="G14" s="162"/>
       <c r="H14" s="27"/>
       <c r="I14" s="27"/>
       <c r="J14" s="163"/>
       <c r="K14" s="164"/>
       <c r="L14" s="165"/>
       <c r="M14" s="166"/>
       <c r="N14" s="167"/>
     </row>
-    <row r="15" spans="1:15" ht="15.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="15" spans="1:15" ht="15.6" customHeight="1" thickBot="1">
       <c r="A15" s="37" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="B15" s="181"/>
       <c r="C15" s="181"/>
       <c r="D15" s="182"/>
       <c r="E15" s="182"/>
       <c r="F15" s="182"/>
       <c r="G15" s="182"/>
       <c r="H15" s="28"/>
       <c r="I15" s="28"/>
       <c r="J15" s="183"/>
       <c r="K15" s="184"/>
       <c r="L15" s="185"/>
       <c r="M15" s="186"/>
       <c r="N15" s="187"/>
     </row>
-    <row r="16" spans="1:15" ht="6.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:15" ht="6.6" customHeight="1">
       <c r="A16" s="42"/>
       <c r="B16" s="38"/>
       <c r="C16" s="38"/>
       <c r="D16" s="38"/>
       <c r="E16" s="38"/>
       <c r="F16" s="38"/>
       <c r="G16" s="38"/>
       <c r="H16" s="38"/>
       <c r="I16" s="38"/>
       <c r="J16" s="38"/>
       <c r="K16" s="38"/>
       <c r="L16" s="38"/>
       <c r="M16" s="38"/>
       <c r="N16" s="38"/>
       <c r="O16" s="38"/>
     </row>
-    <row r="17" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:15" ht="12.95" customHeight="1">
       <c r="A17" s="59" t="s">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="B17" s="62" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6"/>
       <c r="E17" s="6"/>
       <c r="F17" s="6"/>
       <c r="G17" s="6"/>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="6"/>
       <c r="N17" s="6"/>
       <c r="O17" s="38"/>
     </row>
-    <row r="18" spans="1:15" s="43" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="18" spans="1:15" s="43" customFormat="1" ht="12.95" customHeight="1" thickBot="1">
       <c r="A18" s="7" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="B18" s="1">
         <v>1</v>
       </c>
       <c r="C18" s="1">
         <v>2</v>
       </c>
       <c r="D18" s="1">
         <v>3</v>
       </c>
       <c r="E18" s="1">
         <v>4</v>
       </c>
       <c r="F18" s="1">
         <v>5</v>
       </c>
       <c r="G18" s="1">
         <v>6</v>
       </c>
       <c r="H18" s="1">
         <v>7</v>
       </c>
       <c r="I18" s="1">
         <v>8</v>
       </c>
       <c r="J18" s="1">
         <v>9</v>
       </c>
       <c r="K18" s="1">
         <v>10</v>
       </c>
       <c r="L18" s="1">
         <v>11</v>
       </c>
       <c r="M18" s="1">
         <v>12</v>
       </c>
       <c r="N18" s="1">
         <v>13</v>
       </c>
       <c r="O18" s="42" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:15" s="43" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" s="43" customFormat="1" ht="12.95" customHeight="1">
       <c r="A19" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B19" s="25"/>
       <c r="C19" s="25"/>
       <c r="D19" s="25"/>
       <c r="E19" s="25"/>
       <c r="F19" s="25"/>
       <c r="G19" s="25"/>
       <c r="H19" s="25"/>
       <c r="I19" s="25"/>
       <c r="J19" s="25"/>
       <c r="K19" s="25"/>
       <c r="L19" s="25"/>
       <c r="M19" s="25"/>
       <c r="N19" s="25"/>
       <c r="O19" s="42"/>
     </row>
-    <row r="20" spans="1:15" s="43" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:15" s="43" customFormat="1" ht="12.95" customHeight="1">
       <c r="A20" s="16" t="str">
         <f t="shared" ref="A20:A27" si="0">A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="B20" s="94"/>
       <c r="C20" s="94"/>
       <c r="D20" s="94"/>
       <c r="E20" s="94"/>
       <c r="F20" s="94"/>
       <c r="G20" s="94"/>
       <c r="H20" s="94"/>
       <c r="I20" s="94"/>
       <c r="J20" s="94"/>
       <c r="K20" s="94"/>
       <c r="L20" s="94"/>
       <c r="M20" s="94"/>
       <c r="N20" s="94"/>
       <c r="O20" s="44">
         <f t="shared" ref="O20:O28" si="1">(SUM(B20:N20)/13)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:15" s="43" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:15" s="43" customFormat="1" ht="12.95" customHeight="1">
       <c r="A21" s="15" t="str">
         <f t="shared" si="0"/>
         <v>Site 2 Name</v>
       </c>
       <c r="B21" s="94"/>
       <c r="C21" s="94"/>
       <c r="D21" s="94"/>
       <c r="E21" s="94"/>
       <c r="F21" s="94"/>
       <c r="G21" s="94"/>
       <c r="H21" s="94"/>
       <c r="I21" s="94"/>
       <c r="J21" s="94"/>
       <c r="K21" s="94"/>
       <c r="L21" s="94"/>
       <c r="M21" s="94"/>
       <c r="N21" s="94"/>
       <c r="O21" s="45">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:15" ht="12.95" customHeight="1">
       <c r="A22" s="14" t="str">
         <f t="shared" si="0"/>
         <v>Site 3 Name</v>
       </c>
       <c r="B22" s="94"/>
       <c r="C22" s="94"/>
       <c r="D22" s="94"/>
       <c r="E22" s="94"/>
       <c r="F22" s="94"/>
       <c r="G22" s="94"/>
       <c r="H22" s="94"/>
       <c r="I22" s="94"/>
       <c r="J22" s="94"/>
       <c r="K22" s="94"/>
       <c r="L22" s="94"/>
       <c r="M22" s="94"/>
       <c r="N22" s="94"/>
       <c r="O22" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:15" ht="12.95" customHeight="1">
       <c r="A23" s="17" t="str">
         <f t="shared" si="0"/>
         <v>Site 4 Name</v>
       </c>
       <c r="B23" s="94"/>
       <c r="C23" s="94"/>
       <c r="D23" s="94"/>
       <c r="E23" s="94"/>
       <c r="F23" s="94"/>
       <c r="G23" s="94"/>
       <c r="H23" s="94"/>
       <c r="I23" s="94"/>
       <c r="J23" s="94"/>
       <c r="K23" s="94"/>
       <c r="L23" s="94"/>
       <c r="M23" s="94"/>
       <c r="N23" s="94"/>
       <c r="O23" s="47">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:15" ht="12.95" customHeight="1">
       <c r="A24" s="18" t="str">
         <f t="shared" si="0"/>
         <v>Site 5 Name</v>
       </c>
       <c r="B24" s="94"/>
       <c r="C24" s="94"/>
       <c r="D24" s="94"/>
       <c r="E24" s="94"/>
       <c r="F24" s="94"/>
       <c r="G24" s="94"/>
       <c r="H24" s="94"/>
       <c r="I24" s="94"/>
       <c r="J24" s="94"/>
       <c r="K24" s="94"/>
       <c r="L24" s="94"/>
       <c r="M24" s="94"/>
       <c r="N24" s="94"/>
       <c r="O24" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:15" ht="12.95" customHeight="1">
       <c r="A25" s="19" t="str">
         <f t="shared" si="0"/>
         <v>Site 6 Name</v>
       </c>
       <c r="B25" s="94"/>
       <c r="C25" s="94"/>
       <c r="D25" s="94"/>
       <c r="E25" s="94"/>
       <c r="F25" s="94"/>
       <c r="G25" s="94"/>
       <c r="H25" s="94"/>
       <c r="I25" s="94"/>
       <c r="J25" s="94"/>
       <c r="K25" s="94"/>
       <c r="L25" s="94"/>
       <c r="M25" s="94"/>
       <c r="N25" s="94"/>
       <c r="O25" s="49">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:15" ht="12.95" customHeight="1">
       <c r="A26" s="20" t="str">
         <f t="shared" si="0"/>
         <v>Site 7 Name</v>
       </c>
       <c r="B26" s="94"/>
       <c r="C26" s="94"/>
       <c r="D26" s="94"/>
       <c r="E26" s="94"/>
       <c r="F26" s="94"/>
       <c r="G26" s="94"/>
       <c r="H26" s="94"/>
       <c r="I26" s="94"/>
       <c r="J26" s="94"/>
       <c r="K26" s="94"/>
       <c r="L26" s="94"/>
       <c r="M26" s="94"/>
       <c r="N26" s="94"/>
       <c r="O26" s="50">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:15" ht="12.95" customHeight="1">
       <c r="A27" s="21" t="str">
         <f t="shared" si="0"/>
         <v>Site 8 Name</v>
       </c>
       <c r="B27" s="94"/>
       <c r="C27" s="94"/>
       <c r="D27" s="94"/>
       <c r="E27" s="94"/>
       <c r="F27" s="94"/>
       <c r="G27" s="94"/>
       <c r="H27" s="94"/>
       <c r="I27" s="94"/>
       <c r="J27" s="94"/>
       <c r="K27" s="94"/>
       <c r="L27" s="94"/>
       <c r="M27" s="94"/>
       <c r="N27" s="94"/>
       <c r="O27" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:15" ht="12.95" customHeight="1">
       <c r="A28" s="22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="B28" s="94"/>
       <c r="C28" s="94"/>
       <c r="D28" s="94"/>
       <c r="E28" s="94"/>
       <c r="F28" s="94"/>
       <c r="G28" s="94"/>
       <c r="H28" s="94"/>
       <c r="I28" s="94"/>
       <c r="J28" s="94"/>
       <c r="K28" s="94"/>
       <c r="L28" s="94"/>
       <c r="M28" s="94"/>
       <c r="N28" s="94"/>
       <c r="O28" s="52">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:15" ht="12.95" customHeight="1">
       <c r="A29" s="92" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B29" s="93">
         <f>SUM(B20:B28)</f>
         <v>0</v>
       </c>
       <c r="C29" s="93">
         <f t="shared" ref="C29:N29" si="2">SUM(C20:C28)</f>
         <v>0</v>
       </c>
       <c r="D29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="E29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="F29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="G29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
@@ -13980,363 +14009,363 @@
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="N29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O29" s="52"/>
     </row>
-    <row r="30" spans="1:15" ht="7" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:15" ht="6.95" customHeight="1">
       <c r="A30" s="23"/>
       <c r="B30" s="24"/>
       <c r="C30" s="24"/>
       <c r="D30" s="24"/>
       <c r="E30" s="24"/>
       <c r="F30" s="24"/>
       <c r="G30" s="24"/>
       <c r="H30" s="24"/>
       <c r="I30" s="24"/>
       <c r="J30" s="24"/>
       <c r="K30" s="24"/>
       <c r="L30" s="24"/>
       <c r="M30" s="24"/>
       <c r="N30" s="24"/>
       <c r="O30" s="53"/>
     </row>
-    <row r="31" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:15" ht="12.95" customHeight="1">
       <c r="A31" s="59" t="s">
-        <v>2</v>
+        <v>69</v>
       </c>
       <c r="B31" s="62" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3"/>
       <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="3"/>
       <c r="J31" s="3"/>
       <c r="K31" s="3"/>
       <c r="L31" s="3"/>
       <c r="M31" s="3"/>
       <c r="N31" s="3"/>
       <c r="O31" s="38"/>
     </row>
-    <row r="32" spans="1:15" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="32" spans="1:15" ht="12.95" customHeight="1" thickBot="1">
       <c r="A32" s="7" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="B32" s="1">
         <v>1</v>
       </c>
       <c r="C32" s="1">
         <v>2</v>
       </c>
       <c r="D32" s="1">
         <v>3</v>
       </c>
       <c r="E32" s="1">
         <v>4</v>
       </c>
       <c r="F32" s="1">
         <v>5</v>
       </c>
       <c r="G32" s="1">
         <v>6</v>
       </c>
       <c r="H32" s="1">
         <v>7</v>
       </c>
       <c r="I32" s="1">
         <v>8</v>
       </c>
       <c r="J32" s="1">
         <v>9</v>
       </c>
       <c r="K32" s="1">
         <v>10</v>
       </c>
       <c r="L32" s="1">
         <v>11</v>
       </c>
       <c r="M32" s="1">
         <v>12</v>
       </c>
       <c r="N32" s="1">
         <v>13</v>
       </c>
       <c r="O32" s="42" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="33" spans="1:15" ht="12.95" customHeight="1">
       <c r="A33" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B33" s="25"/>
       <c r="C33" s="25"/>
       <c r="D33" s="25"/>
       <c r="E33" s="25"/>
       <c r="F33" s="25"/>
       <c r="G33" s="25"/>
       <c r="H33" s="25"/>
       <c r="I33" s="25"/>
       <c r="J33" s="25"/>
       <c r="K33" s="25"/>
       <c r="L33" s="25"/>
       <c r="M33" s="25"/>
       <c r="N33" s="25"/>
       <c r="O33" s="42"/>
     </row>
-    <row r="34" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:15" ht="12.95" customHeight="1">
       <c r="A34" s="16" t="str">
         <f t="shared" ref="A34:A41" si="3">A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="B34" s="26"/>
       <c r="C34" s="94"/>
       <c r="D34" s="94"/>
       <c r="E34" s="94"/>
       <c r="F34" s="94"/>
       <c r="G34" s="94"/>
       <c r="H34" s="94"/>
       <c r="I34" s="94"/>
       <c r="J34" s="94"/>
       <c r="K34" s="94"/>
       <c r="L34" s="94"/>
       <c r="M34" s="94"/>
       <c r="N34" s="94"/>
       <c r="O34" s="44">
         <f t="shared" ref="O34:O42" si="4">(SUM(B34:N34)/13)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:15" ht="12.95" customHeight="1">
       <c r="A35" s="15" t="str">
         <f t="shared" si="3"/>
         <v>Site 2 Name</v>
       </c>
       <c r="B35" s="26"/>
       <c r="C35" s="94"/>
       <c r="D35" s="94"/>
       <c r="E35" s="94"/>
       <c r="F35" s="94"/>
       <c r="G35" s="94"/>
       <c r="H35" s="94"/>
       <c r="I35" s="94"/>
       <c r="J35" s="94"/>
       <c r="K35" s="94"/>
       <c r="L35" s="94"/>
       <c r="M35" s="94"/>
       <c r="N35" s="94"/>
       <c r="O35" s="45">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:15" ht="12.95" customHeight="1">
       <c r="A36" s="14" t="str">
         <f t="shared" si="3"/>
         <v>Site 3 Name</v>
       </c>
       <c r="B36" s="94"/>
       <c r="C36" s="94"/>
       <c r="D36" s="94"/>
       <c r="E36" s="94"/>
       <c r="F36" s="94"/>
       <c r="G36" s="94"/>
       <c r="H36" s="94"/>
       <c r="I36" s="94"/>
       <c r="J36" s="94"/>
       <c r="K36" s="94"/>
       <c r="L36" s="94"/>
       <c r="M36" s="94"/>
       <c r="N36" s="94"/>
       <c r="O36" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:15" ht="12.95" customHeight="1">
       <c r="A37" s="17" t="str">
         <f t="shared" si="3"/>
         <v>Site 4 Name</v>
       </c>
       <c r="B37" s="94"/>
       <c r="C37" s="94"/>
       <c r="D37" s="94"/>
       <c r="E37" s="94"/>
       <c r="F37" s="94"/>
       <c r="G37" s="94"/>
       <c r="H37" s="94"/>
       <c r="I37" s="94"/>
       <c r="J37" s="94"/>
       <c r="K37" s="94"/>
       <c r="L37" s="94"/>
       <c r="M37" s="94"/>
       <c r="N37" s="94"/>
       <c r="O37" s="47">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:15" ht="12.95" customHeight="1">
       <c r="A38" s="18" t="str">
         <f t="shared" si="3"/>
         <v>Site 5 Name</v>
       </c>
       <c r="B38" s="94"/>
       <c r="C38" s="94"/>
       <c r="D38" s="94"/>
       <c r="E38" s="94"/>
       <c r="F38" s="94"/>
       <c r="G38" s="94"/>
       <c r="H38" s="94"/>
       <c r="I38" s="94"/>
       <c r="J38" s="94"/>
       <c r="K38" s="94"/>
       <c r="L38" s="94"/>
       <c r="M38" s="94"/>
       <c r="N38" s="94"/>
       <c r="O38" s="48">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:15" ht="12.95" customHeight="1">
       <c r="A39" s="19" t="str">
         <f t="shared" si="3"/>
         <v>Site 6 Name</v>
       </c>
       <c r="B39" s="94"/>
       <c r="C39" s="94"/>
       <c r="D39" s="94"/>
       <c r="E39" s="94"/>
       <c r="F39" s="94"/>
       <c r="G39" s="94"/>
       <c r="H39" s="94"/>
       <c r="I39" s="94"/>
       <c r="J39" s="94"/>
       <c r="K39" s="94"/>
       <c r="L39" s="94"/>
       <c r="M39" s="94"/>
       <c r="N39" s="94"/>
       <c r="O39" s="49">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:15" ht="12.95" customHeight="1">
       <c r="A40" s="20" t="str">
         <f t="shared" si="3"/>
         <v>Site 7 Name</v>
       </c>
       <c r="B40" s="94"/>
       <c r="C40" s="94"/>
       <c r="D40" s="94"/>
       <c r="E40" s="94"/>
       <c r="F40" s="94"/>
       <c r="G40" s="94"/>
       <c r="H40" s="94"/>
       <c r="I40" s="94"/>
       <c r="J40" s="94"/>
       <c r="K40" s="94"/>
       <c r="L40" s="94"/>
       <c r="M40" s="94"/>
       <c r="N40" s="94"/>
       <c r="O40" s="50">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:15" ht="12.95" customHeight="1">
       <c r="A41" s="21" t="str">
         <f t="shared" si="3"/>
         <v>Site 8 Name</v>
       </c>
       <c r="B41" s="94"/>
       <c r="C41" s="94"/>
       <c r="D41" s="94"/>
       <c r="E41" s="94"/>
       <c r="F41" s="94"/>
       <c r="G41" s="94"/>
       <c r="H41" s="94"/>
       <c r="I41" s="94"/>
       <c r="J41" s="94"/>
       <c r="K41" s="94"/>
       <c r="L41" s="94"/>
       <c r="M41" s="94"/>
       <c r="N41" s="94"/>
       <c r="O41" s="51">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:15" ht="12.95" customHeight="1">
       <c r="A42" s="22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="B42" s="94"/>
       <c r="C42" s="94"/>
       <c r="D42" s="94"/>
       <c r="E42" s="94"/>
       <c r="F42" s="94"/>
       <c r="G42" s="94"/>
       <c r="H42" s="94"/>
       <c r="I42" s="94"/>
       <c r="J42" s="94"/>
       <c r="K42" s="94"/>
       <c r="L42" s="94"/>
       <c r="M42" s="94"/>
       <c r="N42" s="94"/>
       <c r="O42" s="52">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:15" ht="12.95" customHeight="1">
       <c r="A43" s="92" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B43" s="93">
         <f>SUM(B34:B42)</f>
         <v>0</v>
       </c>
       <c r="C43" s="93">
         <f t="shared" ref="C43:N43" si="5">SUM(C34:C42)</f>
         <v>0</v>
       </c>
       <c r="D43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="E43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="F43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
@@ -14348,436 +14377,436 @@
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="J43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="K43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="L43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="M43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="N43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="O43" s="52"/>
     </row>
-    <row r="44" spans="1:15" ht="7" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="44" spans="1:15" ht="6.95" customHeight="1" thickBot="1">
       <c r="A44" s="9"/>
       <c r="B44" s="12"/>
       <c r="C44" s="3"/>
       <c r="D44" s="3"/>
       <c r="E44" s="3"/>
       <c r="F44" s="3"/>
       <c r="G44" s="3"/>
       <c r="H44" s="3"/>
       <c r="I44" s="3"/>
       <c r="J44" s="3"/>
       <c r="K44" s="3"/>
       <c r="L44" s="3"/>
       <c r="M44" s="3"/>
       <c r="N44" s="3"/>
     </row>
-    <row r="45" spans="1:15" ht="26.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="45" spans="1:15" ht="26.45" customHeight="1" thickBot="1">
       <c r="A45" s="87" t="s">
-        <v>90</v>
+        <v>60</v>
       </c>
       <c r="B45" s="64" t="str">
         <f>A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="C45" s="65" t="str">
         <f>A9</f>
         <v>Site 2 Name</v>
       </c>
       <c r="D45" s="66" t="str">
         <f>A10</f>
         <v>Site 3 Name</v>
       </c>
       <c r="E45" s="67" t="str">
         <f>A11</f>
         <v>Site 4 Name</v>
       </c>
       <c r="F45" s="68" t="str">
         <f>A12</f>
         <v>Site 5 Name</v>
       </c>
       <c r="G45" s="69" t="str">
         <f>A13</f>
         <v>Site 6 Name</v>
       </c>
       <c r="H45" s="70" t="str">
         <f>A14</f>
         <v>Site 7 Name</v>
       </c>
       <c r="I45" s="71" t="str">
         <f>A15</f>
         <v>Site 8 Name</v>
       </c>
       <c r="J45" s="72" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
       <c r="M45" s="3"/>
       <c r="N45" s="3"/>
     </row>
-    <row r="46" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:15" ht="12.95" customHeight="1">
       <c r="A46" s="10" t="s">
-        <v>8</v>
+        <v>62</v>
       </c>
       <c r="B46" s="76">
         <f>O20</f>
         <v>0</v>
       </c>
       <c r="C46" s="76">
         <f>O21</f>
         <v>0</v>
       </c>
       <c r="D46" s="76">
         <f>O22</f>
         <v>0</v>
       </c>
       <c r="E46" s="76">
         <f>O23</f>
         <v>0</v>
       </c>
       <c r="F46" s="76">
         <f>O24</f>
         <v>0</v>
       </c>
       <c r="G46" s="76">
         <f>O25</f>
         <v>0</v>
       </c>
       <c r="H46" s="76">
         <f>O26</f>
         <v>0</v>
       </c>
       <c r="I46" s="76">
         <f>O27</f>
         <v>0</v>
       </c>
       <c r="J46" s="77">
         <f>O28</f>
         <v>0</v>
       </c>
       <c r="K46" s="3"/>
       <c r="L46" s="3"/>
       <c r="M46" s="3"/>
       <c r="N46" s="3"/>
     </row>
-    <row r="47" spans="1:15" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="47" spans="1:15" ht="12.95" customHeight="1" thickBot="1">
       <c r="A47" s="11" t="s">
-        <v>9</v>
+        <v>70</v>
       </c>
       <c r="B47" s="4">
         <f>O34</f>
         <v>0</v>
       </c>
       <c r="C47" s="4">
         <f>O35</f>
         <v>0</v>
       </c>
       <c r="D47" s="4">
         <f>O36</f>
         <v>0</v>
       </c>
       <c r="E47" s="4">
         <f>O37</f>
         <v>0</v>
       </c>
       <c r="F47" s="4">
         <f>O38</f>
         <v>0</v>
       </c>
       <c r="G47" s="4">
         <f>O39</f>
         <v>0</v>
       </c>
       <c r="H47" s="4">
         <f>O40</f>
         <v>0</v>
       </c>
       <c r="I47" s="4">
         <f>O41</f>
         <v>0</v>
       </c>
       <c r="J47" s="13">
         <f>O42</f>
         <v>0</v>
       </c>
       <c r="K47" s="3"/>
       <c r="L47" s="3"/>
       <c r="M47" s="3"/>
       <c r="N47" s="3"/>
     </row>
-    <row r="48" spans="1:15" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="48" spans="1:15" ht="12.95" customHeight="1" thickBot="1">
       <c r="A48" s="73" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
       <c r="B48" s="74">
         <f t="shared" ref="B48:J48" si="6">(SUM(B46:B47)/(COUNTA(B46:B47)))</f>
         <v>0</v>
       </c>
       <c r="C48" s="74">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="D48" s="74">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="E48" s="74">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="F48" s="74">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="G48" s="74">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="H48" s="74">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="I48" s="74">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J48" s="75">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="K48" s="56">
         <f>SUM(B48:J48)</f>
         <v>0</v>
       </c>
       <c r="L48" s="179"/>
       <c r="M48" s="179"/>
       <c r="N48" s="91"/>
     </row>
-    <row r="49" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:15" ht="12.95" customHeight="1">
       <c r="A49" s="60" t="s">
-        <v>33</v>
+        <v>64</v>
       </c>
       <c r="B49" s="3"/>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="5"/>
       <c r="L49" s="3"/>
       <c r="M49" s="3"/>
       <c r="N49" s="3"/>
     </row>
-    <row r="50" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:15" ht="12.95" customHeight="1">
       <c r="A50" s="2"/>
       <c r="B50" s="3"/>
       <c r="C50" s="3"/>
       <c r="D50" s="3"/>
       <c r="E50" s="3"/>
       <c r="F50" s="3"/>
       <c r="G50" s="3"/>
       <c r="H50" s="3"/>
       <c r="I50" s="3"/>
       <c r="J50" s="3"/>
       <c r="K50" s="3"/>
       <c r="L50" s="3"/>
       <c r="M50" s="3"/>
       <c r="N50" s="3"/>
     </row>
-    <row r="51" spans="1:15" ht="14.6" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="51" spans="1:15" ht="14.45" thickBot="1">
       <c r="A51" s="116" t="s">
-        <v>6</v>
+        <v>65</v>
       </c>
       <c r="B51" s="3"/>
       <c r="C51" s="3"/>
       <c r="D51" s="3"/>
       <c r="E51" s="3"/>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
       <c r="H51" s="3"/>
       <c r="I51" s="3"/>
       <c r="J51" s="3"/>
       <c r="K51" s="3"/>
       <c r="L51" s="3"/>
       <c r="M51" s="3"/>
       <c r="N51" s="3"/>
     </row>
-    <row r="52" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:15">
       <c r="A52" s="81"/>
       <c r="B52" s="82"/>
       <c r="C52" s="82"/>
       <c r="D52" s="82"/>
       <c r="E52" s="82"/>
       <c r="F52" s="82"/>
       <c r="G52" s="82"/>
       <c r="H52" s="82"/>
       <c r="I52" s="82"/>
       <c r="J52" s="82"/>
       <c r="K52" s="82"/>
       <c r="L52" s="82"/>
       <c r="M52" s="82"/>
       <c r="N52" s="82"/>
       <c r="O52" s="88"/>
     </row>
-    <row r="53" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:15">
       <c r="A53" s="83"/>
       <c r="B53" s="57"/>
       <c r="C53" s="57"/>
       <c r="D53" s="57"/>
       <c r="E53" s="57"/>
       <c r="F53" s="57"/>
       <c r="G53" s="57"/>
       <c r="H53" s="57"/>
       <c r="I53" s="57"/>
       <c r="J53" s="57"/>
       <c r="K53" s="57"/>
       <c r="L53" s="57"/>
       <c r="M53" s="57"/>
       <c r="N53" s="57"/>
       <c r="O53" s="89"/>
     </row>
-    <row r="54" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:15">
       <c r="A54" s="84"/>
       <c r="B54" s="58"/>
       <c r="C54" s="58"/>
       <c r="D54" s="58"/>
       <c r="E54" s="58"/>
       <c r="F54" s="58"/>
       <c r="G54" s="58"/>
       <c r="H54" s="58"/>
       <c r="I54" s="58"/>
       <c r="J54" s="58"/>
       <c r="K54" s="58"/>
       <c r="L54" s="58"/>
       <c r="M54" s="58"/>
       <c r="N54" s="58"/>
       <c r="O54" s="89"/>
     </row>
-    <row r="55" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:15">
       <c r="A55" s="83"/>
       <c r="B55" s="57"/>
       <c r="C55" s="57"/>
       <c r="D55" s="57"/>
       <c r="E55" s="57"/>
       <c r="F55" s="57"/>
       <c r="G55" s="57"/>
       <c r="H55" s="57"/>
       <c r="I55" s="57"/>
       <c r="J55" s="57"/>
       <c r="K55" s="57"/>
       <c r="L55" s="57"/>
       <c r="M55" s="57"/>
       <c r="N55" s="57"/>
       <c r="O55" s="89"/>
     </row>
-    <row r="56" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:15">
       <c r="A56" s="83"/>
       <c r="B56" s="57"/>
       <c r="C56" s="57"/>
       <c r="D56" s="57"/>
       <c r="E56" s="57"/>
       <c r="F56" s="57"/>
       <c r="G56" s="57"/>
       <c r="H56" s="57"/>
       <c r="I56" s="57"/>
       <c r="J56" s="57"/>
       <c r="K56" s="57"/>
       <c r="L56" s="57"/>
       <c r="M56" s="57"/>
       <c r="N56" s="57"/>
       <c r="O56" s="89"/>
     </row>
-    <row r="57" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:15">
       <c r="A57" s="83"/>
       <c r="B57" s="57"/>
       <c r="C57" s="57"/>
       <c r="D57" s="57"/>
       <c r="E57" s="57"/>
       <c r="F57" s="57"/>
       <c r="G57" s="57"/>
       <c r="H57" s="57"/>
       <c r="I57" s="57"/>
       <c r="J57" s="57"/>
       <c r="K57" s="57"/>
       <c r="L57" s="57"/>
       <c r="M57" s="57"/>
       <c r="N57" s="57"/>
       <c r="O57" s="89"/>
     </row>
-    <row r="58" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:15">
       <c r="A58" s="83"/>
       <c r="B58" s="57"/>
       <c r="C58" s="57"/>
       <c r="D58" s="57"/>
       <c r="E58" s="57"/>
       <c r="F58" s="57"/>
       <c r="G58" s="57"/>
       <c r="H58" s="57"/>
       <c r="I58" s="57"/>
       <c r="J58" s="57"/>
       <c r="K58" s="57"/>
       <c r="L58" s="57"/>
       <c r="M58" s="57"/>
       <c r="N58" s="57"/>
       <c r="O58" s="89"/>
     </row>
-    <row r="59" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:15">
       <c r="A59" s="83"/>
       <c r="B59" s="57"/>
       <c r="C59" s="57"/>
       <c r="D59" s="57"/>
       <c r="E59" s="57"/>
       <c r="F59" s="57"/>
       <c r="G59" s="57"/>
       <c r="H59" s="57"/>
       <c r="I59" s="57"/>
       <c r="J59" s="57"/>
       <c r="K59" s="57"/>
       <c r="L59" s="57"/>
       <c r="M59" s="57"/>
       <c r="N59" s="57"/>
       <c r="O59" s="89"/>
     </row>
-    <row r="60" spans="1:15" ht="14.6" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="60" spans="1:15" ht="14.45" thickBot="1">
       <c r="A60" s="85"/>
       <c r="B60" s="86"/>
       <c r="C60" s="86"/>
       <c r="D60" s="86"/>
       <c r="E60" s="86"/>
       <c r="F60" s="86"/>
       <c r="G60" s="86"/>
       <c r="H60" s="86"/>
       <c r="I60" s="86"/>
       <c r="J60" s="86"/>
       <c r="K60" s="86"/>
       <c r="L60" s="86"/>
       <c r="M60" s="86"/>
       <c r="N60" s="86"/>
       <c r="O60" s="90"/>
     </row>
   </sheetData>
   <mergeCells count="50">
     <mergeCell ref="L48:M48"/>
     <mergeCell ref="B14:C14"/>
     <mergeCell ref="D14:E14"/>
     <mergeCell ref="F14:G14"/>
     <mergeCell ref="J14:K14"/>
     <mergeCell ref="L14:N14"/>
     <mergeCell ref="B15:C15"/>
@@ -14846,643 +14875,643 @@
       <formula>1</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="66" priority="8" operator="equal">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Program Name" prompt="Enter the name of your program as it appears in ADS." sqref="C4:N4" xr:uid="{6715EAAE-580F-4DBB-8139-08CB6957CD3C}"/>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="A2:O2" location="Instructions!A1" display="Follow the ACGME Rural Track Program Block Diagram Instructions to complete this template. " xr:uid="{8E214DEB-542F-4799-9493-A10B67D2B862}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.25" bottom="0.25" header="0.3" footer="0.3"/>
   <pageSetup scale="75" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8F0FA9F5-B44A-44F0-B909-F262B5C5B3BE}">
   <sheetPr>
     <tabColor rgb="FFC00000"/>
   </sheetPr>
   <dimension ref="A1:N60"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="M24" sqref="M24"/>
+      <selection activeCell="J13" sqref="J13:K13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0.84375" defaultRowHeight="14.15" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0.85546875" defaultRowHeight="14.1"/>
   <cols>
-    <col min="1" max="1" width="21.84375" style="39" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="15" max="16384" width="0.84375" style="39"/>
+    <col min="1" max="1" width="21.85546875" style="39" customWidth="1"/>
+    <col min="2" max="11" width="9.85546875" style="39" customWidth="1"/>
+    <col min="12" max="14" width="11.28515625" style="39" customWidth="1"/>
+    <col min="15" max="16384" width="0.85546875" style="39"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:14" ht="25.5" customHeight="1">
       <c r="A1" s="145" t="s">
-        <v>84</v>
+        <v>71</v>
       </c>
       <c r="B1" s="145"/>
       <c r="C1" s="145"/>
       <c r="D1" s="145"/>
       <c r="E1" s="145"/>
       <c r="F1" s="145"/>
       <c r="G1" s="145"/>
       <c r="H1" s="145"/>
       <c r="I1" s="145"/>
       <c r="J1" s="145"/>
       <c r="K1" s="145"/>
       <c r="L1" s="145"/>
       <c r="M1" s="145"/>
       <c r="N1" s="145"/>
     </row>
-    <row r="2" spans="1:14" ht="15" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:14" ht="15.6">
       <c r="A2" s="146" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="B2" s="146"/>
       <c r="C2" s="146"/>
       <c r="D2" s="146"/>
       <c r="E2" s="146"/>
       <c r="F2" s="146"/>
       <c r="G2" s="146"/>
       <c r="H2" s="146"/>
       <c r="I2" s="146"/>
       <c r="J2" s="146"/>
       <c r="K2" s="146"/>
       <c r="L2" s="146"/>
       <c r="M2" s="146"/>
       <c r="N2" s="146"/>
     </row>
-    <row r="3" spans="1:14" ht="11.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A3" s="63"/>
       <c r="B3" s="63"/>
       <c r="C3" s="63"/>
       <c r="D3" s="63"/>
       <c r="E3" s="63"/>
       <c r="F3" s="63"/>
       <c r="G3" s="63"/>
       <c r="H3" s="63"/>
       <c r="I3" s="63"/>
       <c r="J3" s="63"/>
       <c r="K3" s="63"/>
       <c r="L3" s="63"/>
       <c r="M3" s="63"/>
       <c r="N3" s="63"/>
     </row>
-    <row r="4" spans="1:14" ht="18" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="4" spans="1:14" ht="18.600000000000001" thickBot="1">
       <c r="A4" s="147" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B4" s="148"/>
       <c r="C4" s="149" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="D4" s="149"/>
       <c r="E4" s="149"/>
       <c r="F4" s="149"/>
       <c r="G4" s="149"/>
       <c r="H4" s="149"/>
       <c r="I4" s="149"/>
       <c r="J4" s="149"/>
       <c r="K4" s="149"/>
       <c r="L4" s="149"/>
       <c r="M4" s="151"/>
       <c r="N4" s="38"/>
     </row>
-    <row r="5" spans="1:14" ht="7" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="1:14" ht="6.95" customHeight="1" thickBot="1">
       <c r="A5" s="40"/>
       <c r="B5" s="40"/>
       <c r="C5" s="41"/>
       <c r="D5" s="41"/>
       <c r="E5" s="41"/>
       <c r="F5" s="41"/>
       <c r="G5" s="41"/>
       <c r="H5" s="41"/>
       <c r="I5" s="41"/>
       <c r="J5" s="41"/>
       <c r="K5" s="41"/>
       <c r="L5" s="41"/>
       <c r="M5" s="41"/>
       <c r="N5" s="38"/>
     </row>
-    <row r="6" spans="1:14" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:14" ht="18" customHeight="1" thickBot="1">
       <c r="A6" s="61" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="B6" s="12" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C6" s="41"/>
       <c r="D6" s="41"/>
       <c r="E6" s="41"/>
       <c r="F6" s="41"/>
       <c r="G6" s="41"/>
       <c r="H6" s="41"/>
       <c r="I6" s="41"/>
       <c r="J6" s="41"/>
       <c r="K6" s="41"/>
       <c r="L6" s="152" t="s">
-        <v>79</v>
+        <v>37</v>
       </c>
       <c r="M6" s="153"/>
       <c r="N6" s="154"/>
     </row>
-    <row r="7" spans="1:14" ht="24.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="7" spans="1:14" ht="24.6" customHeight="1" thickBot="1">
       <c r="A7" s="29" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="B7" s="158" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="C7" s="158"/>
       <c r="D7" s="158" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="E7" s="158"/>
       <c r="F7" s="158" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="G7" s="158"/>
       <c r="H7" s="117" t="s">
-        <v>75</v>
+        <v>42</v>
       </c>
       <c r="I7" s="117" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="J7" s="159" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="K7" s="160"/>
       <c r="L7" s="155"/>
       <c r="M7" s="156"/>
       <c r="N7" s="157"/>
     </row>
-    <row r="8" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:14" ht="15.6" customHeight="1">
       <c r="A8" s="30" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="B8" s="168"/>
       <c r="C8" s="168"/>
       <c r="D8" s="169"/>
       <c r="E8" s="169"/>
       <c r="F8" s="169"/>
       <c r="G8" s="169"/>
       <c r="H8" s="25"/>
       <c r="I8" s="25"/>
       <c r="J8" s="170"/>
       <c r="K8" s="171"/>
       <c r="L8" s="172"/>
       <c r="M8" s="173"/>
       <c r="N8" s="174"/>
     </row>
-    <row r="9" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:14" ht="15.6" customHeight="1">
       <c r="A9" s="31" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="B9" s="161"/>
       <c r="C9" s="161"/>
       <c r="D9" s="162"/>
       <c r="E9" s="162"/>
       <c r="F9" s="162"/>
       <c r="G9" s="162"/>
       <c r="H9" s="27"/>
       <c r="I9" s="27"/>
       <c r="J9" s="163"/>
       <c r="K9" s="164"/>
       <c r="L9" s="165"/>
       <c r="M9" s="166"/>
       <c r="N9" s="167"/>
     </row>
-    <row r="10" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:14" ht="15.6" customHeight="1">
       <c r="A10" s="32" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="B10" s="176"/>
       <c r="C10" s="176"/>
       <c r="D10" s="162"/>
       <c r="E10" s="162"/>
       <c r="F10" s="162"/>
       <c r="G10" s="162"/>
       <c r="H10" s="27"/>
       <c r="I10" s="27"/>
       <c r="J10" s="163"/>
       <c r="K10" s="164"/>
       <c r="L10" s="165"/>
       <c r="M10" s="166"/>
       <c r="N10" s="167"/>
     </row>
-    <row r="11" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:14" ht="15.6" customHeight="1">
       <c r="A11" s="33" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="B11" s="175"/>
       <c r="C11" s="175"/>
       <c r="D11" s="162"/>
       <c r="E11" s="162"/>
       <c r="F11" s="162"/>
       <c r="G11" s="162"/>
       <c r="H11" s="27"/>
       <c r="I11" s="27"/>
       <c r="J11" s="163"/>
       <c r="K11" s="164"/>
       <c r="L11" s="165"/>
       <c r="M11" s="166"/>
       <c r="N11" s="167"/>
     </row>
-    <row r="12" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:14" ht="15.6" customHeight="1">
       <c r="A12" s="34" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="B12" s="178"/>
       <c r="C12" s="178"/>
       <c r="D12" s="162"/>
       <c r="E12" s="162"/>
       <c r="F12" s="162"/>
       <c r="G12" s="162"/>
       <c r="H12" s="27"/>
       <c r="I12" s="27"/>
       <c r="J12" s="163"/>
       <c r="K12" s="164"/>
       <c r="L12" s="165"/>
       <c r="M12" s="166"/>
       <c r="N12" s="167"/>
     </row>
-    <row r="13" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:14" ht="15.6" customHeight="1">
       <c r="A13" s="35" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="B13" s="177"/>
       <c r="C13" s="177"/>
       <c r="D13" s="162"/>
       <c r="E13" s="162"/>
       <c r="F13" s="162"/>
       <c r="G13" s="162"/>
       <c r="H13" s="27"/>
       <c r="I13" s="27"/>
       <c r="J13" s="163"/>
       <c r="K13" s="164"/>
       <c r="L13" s="165"/>
       <c r="M13" s="166"/>
       <c r="N13" s="167"/>
     </row>
-    <row r="14" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:14" ht="15.6" customHeight="1">
       <c r="A14" s="36" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="B14" s="180"/>
       <c r="C14" s="180"/>
       <c r="D14" s="162"/>
       <c r="E14" s="162"/>
       <c r="F14" s="162"/>
       <c r="G14" s="162"/>
       <c r="H14" s="27"/>
       <c r="I14" s="27"/>
       <c r="J14" s="163"/>
       <c r="K14" s="164"/>
       <c r="L14" s="165"/>
       <c r="M14" s="166"/>
       <c r="N14" s="167"/>
     </row>
-    <row r="15" spans="1:14" ht="15.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="15" spans="1:14" ht="15.6" customHeight="1" thickBot="1">
       <c r="A15" s="37" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="B15" s="181"/>
       <c r="C15" s="181"/>
       <c r="D15" s="182"/>
       <c r="E15" s="182"/>
       <c r="F15" s="182"/>
       <c r="G15" s="182"/>
       <c r="H15" s="28"/>
       <c r="I15" s="28"/>
       <c r="J15" s="183"/>
       <c r="K15" s="184"/>
       <c r="L15" s="185"/>
       <c r="M15" s="186"/>
       <c r="N15" s="187"/>
     </row>
-    <row r="16" spans="1:14" ht="6.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:14" ht="6.6" customHeight="1">
       <c r="A16" s="42"/>
       <c r="B16" s="38"/>
       <c r="C16" s="38"/>
       <c r="D16" s="38"/>
       <c r="E16" s="38"/>
       <c r="F16" s="38"/>
       <c r="G16" s="38"/>
       <c r="H16" s="38"/>
       <c r="I16" s="38"/>
       <c r="J16" s="38"/>
       <c r="K16" s="38"/>
       <c r="L16" s="38"/>
       <c r="M16" s="38"/>
       <c r="N16" s="38"/>
     </row>
-    <row r="17" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:14" ht="12.95" customHeight="1">
       <c r="A17" s="59" t="s">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="B17" s="62" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6"/>
       <c r="E17" s="6"/>
       <c r="F17" s="6"/>
       <c r="G17" s="6"/>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="6"/>
       <c r="N17" s="38"/>
     </row>
-    <row r="18" spans="1:14" s="43" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="18" spans="1:14" s="43" customFormat="1" ht="12.95" customHeight="1" thickBot="1">
       <c r="A18" s="7" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="B18" s="1">
         <v>1</v>
       </c>
       <c r="C18" s="1">
         <v>2</v>
       </c>
       <c r="D18" s="1">
         <v>3</v>
       </c>
       <c r="E18" s="1">
         <v>4</v>
       </c>
       <c r="F18" s="1">
         <v>5</v>
       </c>
       <c r="G18" s="1">
         <v>6</v>
       </c>
       <c r="H18" s="1">
         <v>7</v>
       </c>
       <c r="I18" s="1">
         <v>8</v>
       </c>
       <c r="J18" s="1">
         <v>9</v>
       </c>
       <c r="K18" s="1">
         <v>10</v>
       </c>
       <c r="L18" s="1">
         <v>11</v>
       </c>
       <c r="M18" s="1">
         <v>12</v>
       </c>
       <c r="N18" s="42" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14" s="43" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" s="43" customFormat="1" ht="12.95" customHeight="1">
       <c r="A19" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B19" s="25"/>
       <c r="C19" s="25"/>
       <c r="D19" s="25"/>
       <c r="E19" s="25"/>
       <c r="F19" s="25"/>
       <c r="G19" s="25"/>
       <c r="H19" s="25"/>
       <c r="I19" s="25"/>
       <c r="J19" s="25"/>
       <c r="K19" s="25"/>
       <c r="L19" s="25"/>
       <c r="M19" s="25"/>
       <c r="N19" s="42"/>
     </row>
-    <row r="20" spans="1:14" s="43" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:14" s="43" customFormat="1" ht="12.95" customHeight="1">
       <c r="A20" s="16" t="str">
         <f t="shared" ref="A20:A27" si="0">A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="B20" s="94"/>
       <c r="C20" s="94"/>
       <c r="D20" s="94"/>
       <c r="E20" s="94"/>
       <c r="F20" s="94"/>
       <c r="G20" s="94"/>
       <c r="H20" s="94"/>
       <c r="I20" s="94"/>
       <c r="J20" s="94"/>
       <c r="K20" s="94"/>
       <c r="L20" s="94"/>
       <c r="M20" s="94"/>
       <c r="N20" s="44">
         <f>(SUM(B20:M20)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:14" s="43" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:14" s="43" customFormat="1" ht="12.95" customHeight="1">
       <c r="A21" s="15" t="str">
         <f t="shared" si="0"/>
         <v>Site 2 Name</v>
       </c>
       <c r="B21" s="94"/>
       <c r="C21" s="94"/>
       <c r="D21" s="94"/>
       <c r="E21" s="94"/>
       <c r="F21" s="94"/>
       <c r="G21" s="94"/>
       <c r="H21" s="94"/>
       <c r="I21" s="94"/>
       <c r="J21" s="94"/>
       <c r="K21" s="94"/>
       <c r="L21" s="94"/>
       <c r="M21" s="94"/>
       <c r="N21" s="45">
         <f>(SUM(B21:M21)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:14" ht="12.95" customHeight="1">
       <c r="A22" s="14" t="str">
         <f t="shared" si="0"/>
         <v>Site 3 Name</v>
       </c>
       <c r="B22" s="94"/>
       <c r="C22" s="94"/>
       <c r="D22" s="94"/>
       <c r="E22" s="94"/>
       <c r="F22" s="94"/>
       <c r="G22" s="94"/>
       <c r="H22" s="94"/>
       <c r="I22" s="94"/>
       <c r="J22" s="94"/>
       <c r="K22" s="94"/>
       <c r="L22" s="94"/>
       <c r="M22" s="94"/>
       <c r="N22" s="46">
         <f t="shared" ref="N22:N28" si="1">(SUM(B22:M22)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:14" ht="12.95" customHeight="1">
       <c r="A23" s="17" t="str">
         <f t="shared" si="0"/>
         <v>Site 4 Name</v>
       </c>
       <c r="B23" s="94"/>
       <c r="C23" s="94"/>
       <c r="D23" s="94"/>
       <c r="E23" s="94"/>
       <c r="F23" s="94"/>
       <c r="G23" s="94"/>
       <c r="H23" s="94"/>
       <c r="I23" s="94"/>
       <c r="J23" s="94"/>
       <c r="K23" s="94"/>
       <c r="L23" s="94"/>
       <c r="M23" s="94"/>
       <c r="N23" s="47">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:14" ht="12.95" customHeight="1">
       <c r="A24" s="18" t="str">
         <f t="shared" si="0"/>
         <v>Site 5 Name</v>
       </c>
       <c r="B24" s="94"/>
       <c r="C24" s="94"/>
       <c r="D24" s="94"/>
       <c r="E24" s="94"/>
       <c r="F24" s="94"/>
       <c r="G24" s="94"/>
       <c r="H24" s="94"/>
       <c r="I24" s="94"/>
       <c r="J24" s="94"/>
       <c r="K24" s="94"/>
       <c r="L24" s="94"/>
       <c r="M24" s="94"/>
       <c r="N24" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:14" ht="12.95" customHeight="1">
       <c r="A25" s="19" t="str">
         <f t="shared" si="0"/>
         <v>Site 6 Name</v>
       </c>
       <c r="B25" s="94"/>
       <c r="C25" s="94"/>
       <c r="D25" s="94"/>
       <c r="E25" s="94"/>
       <c r="F25" s="94"/>
       <c r="G25" s="94"/>
       <c r="H25" s="94"/>
       <c r="I25" s="94"/>
       <c r="J25" s="94"/>
       <c r="K25" s="94"/>
       <c r="L25" s="94"/>
       <c r="M25" s="94"/>
       <c r="N25" s="49">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:14" ht="12.95" customHeight="1">
       <c r="A26" s="20" t="str">
         <f t="shared" si="0"/>
         <v>Site 7 Name</v>
       </c>
       <c r="B26" s="94"/>
       <c r="C26" s="94"/>
       <c r="D26" s="94"/>
       <c r="E26" s="94"/>
       <c r="F26" s="94"/>
       <c r="G26" s="94"/>
       <c r="H26" s="94"/>
       <c r="I26" s="94"/>
       <c r="J26" s="94"/>
       <c r="K26" s="94"/>
       <c r="L26" s="94"/>
       <c r="M26" s="94"/>
       <c r="N26" s="50">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:14" ht="12.95" customHeight="1">
       <c r="A27" s="21" t="str">
         <f t="shared" si="0"/>
         <v>Site 8 Name</v>
       </c>
       <c r="B27" s="94"/>
       <c r="C27" s="94"/>
       <c r="D27" s="94"/>
       <c r="E27" s="94"/>
       <c r="F27" s="94"/>
       <c r="G27" s="94"/>
       <c r="H27" s="94"/>
       <c r="I27" s="94"/>
       <c r="J27" s="94"/>
       <c r="K27" s="94"/>
       <c r="L27" s="94"/>
       <c r="M27" s="94"/>
       <c r="N27" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:14" ht="12.95" customHeight="1">
       <c r="A28" s="22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="B28" s="94"/>
       <c r="C28" s="94"/>
       <c r="D28" s="94"/>
       <c r="E28" s="94"/>
       <c r="F28" s="94"/>
       <c r="G28" s="94"/>
       <c r="H28" s="94"/>
       <c r="I28" s="94"/>
       <c r="J28" s="94"/>
       <c r="K28" s="94"/>
       <c r="L28" s="94"/>
       <c r="M28" s="94"/>
       <c r="N28" s="52">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:14" ht="12.95" customHeight="1">
       <c r="A29" s="92" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B29" s="93">
         <f>SUM(B20:B28)</f>
         <v>0</v>
       </c>
       <c r="C29" s="93">
         <f t="shared" ref="C29:M29" si="2">SUM(C20:C28)</f>
         <v>0</v>
       </c>
       <c r="D29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="E29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="F29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="G29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
@@ -15490,348 +15519,348 @@
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="I29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="N29" s="52"/>
     </row>
-    <row r="30" spans="1:14" ht="7" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:14" ht="6.95" customHeight="1">
       <c r="A30" s="23"/>
       <c r="B30" s="24"/>
       <c r="C30" s="24"/>
       <c r="D30" s="24"/>
       <c r="E30" s="24"/>
       <c r="F30" s="24"/>
       <c r="G30" s="24"/>
       <c r="H30" s="24"/>
       <c r="I30" s="24"/>
       <c r="J30" s="24"/>
       <c r="K30" s="24"/>
       <c r="L30" s="24"/>
       <c r="M30" s="24"/>
       <c r="N30" s="53"/>
     </row>
-    <row r="31" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:14" ht="12.95" customHeight="1">
       <c r="A31" s="59" t="s">
-        <v>2</v>
+        <v>69</v>
       </c>
       <c r="B31" s="62" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3"/>
       <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="3"/>
       <c r="J31" s="3"/>
       <c r="K31" s="3"/>
       <c r="L31" s="3"/>
       <c r="M31" s="3"/>
       <c r="N31" s="38"/>
     </row>
-    <row r="32" spans="1:14" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="32" spans="1:14" ht="12.95" customHeight="1" thickBot="1">
       <c r="A32" s="7" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="B32" s="1">
         <v>1</v>
       </c>
       <c r="C32" s="1">
         <v>2</v>
       </c>
       <c r="D32" s="1">
         <v>3</v>
       </c>
       <c r="E32" s="1">
         <v>4</v>
       </c>
       <c r="F32" s="1">
         <v>5</v>
       </c>
       <c r="G32" s="1">
         <v>6</v>
       </c>
       <c r="H32" s="1">
         <v>7</v>
       </c>
       <c r="I32" s="1">
         <v>8</v>
       </c>
       <c r="J32" s="1">
         <v>9</v>
       </c>
       <c r="K32" s="1">
         <v>10</v>
       </c>
       <c r="L32" s="1">
         <v>11</v>
       </c>
       <c r="M32" s="1">
         <v>12</v>
       </c>
       <c r="N32" s="42" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="33" spans="1:14" ht="12.95" customHeight="1">
       <c r="A33" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B33" s="25"/>
       <c r="C33" s="25"/>
       <c r="D33" s="25"/>
       <c r="E33" s="25"/>
       <c r="F33" s="25"/>
       <c r="G33" s="25"/>
       <c r="H33" s="25"/>
       <c r="I33" s="25"/>
       <c r="J33" s="25"/>
       <c r="K33" s="25"/>
       <c r="L33" s="25"/>
       <c r="M33" s="25"/>
       <c r="N33" s="42"/>
     </row>
-    <row r="34" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:14" ht="12.95" customHeight="1">
       <c r="A34" s="16" t="str">
         <f t="shared" ref="A34:A41" si="3">A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="B34" s="26"/>
       <c r="C34" s="94"/>
       <c r="D34" s="94"/>
       <c r="E34" s="94"/>
       <c r="F34" s="94"/>
       <c r="G34" s="94"/>
       <c r="H34" s="94"/>
       <c r="I34" s="94"/>
       <c r="J34" s="94"/>
       <c r="K34" s="94"/>
       <c r="L34" s="94"/>
       <c r="M34" s="94"/>
       <c r="N34" s="44">
         <f>(SUM(B34:M34)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:14" ht="12.95" customHeight="1">
       <c r="A35" s="15" t="str">
         <f t="shared" si="3"/>
         <v>Site 2 Name</v>
       </c>
       <c r="B35" s="26"/>
       <c r="C35" s="94"/>
       <c r="D35" s="94"/>
       <c r="E35" s="94"/>
       <c r="F35" s="94"/>
       <c r="G35" s="94"/>
       <c r="H35" s="94"/>
       <c r="I35" s="94"/>
       <c r="J35" s="94"/>
       <c r="K35" s="94"/>
       <c r="L35" s="94"/>
       <c r="M35" s="94"/>
       <c r="N35" s="45">
         <f>(SUM(B35:M35)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:14" ht="12.95" customHeight="1">
       <c r="A36" s="14" t="str">
         <f t="shared" si="3"/>
         <v>Site 3 Name</v>
       </c>
       <c r="B36" s="94"/>
       <c r="C36" s="94"/>
       <c r="D36" s="94"/>
       <c r="E36" s="94"/>
       <c r="F36" s="94"/>
       <c r="G36" s="94"/>
       <c r="H36" s="94"/>
       <c r="I36" s="94"/>
       <c r="J36" s="94"/>
       <c r="K36" s="94"/>
       <c r="L36" s="94"/>
       <c r="M36" s="94"/>
       <c r="N36" s="46">
         <f t="shared" ref="N36:N42" si="4">(SUM(B36:M36)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:14" ht="12.95" customHeight="1">
       <c r="A37" s="17" t="str">
         <f t="shared" si="3"/>
         <v>Site 4 Name</v>
       </c>
       <c r="B37" s="94"/>
       <c r="C37" s="94"/>
       <c r="D37" s="94"/>
       <c r="E37" s="94"/>
       <c r="F37" s="94"/>
       <c r="G37" s="94"/>
       <c r="H37" s="94"/>
       <c r="I37" s="94"/>
       <c r="J37" s="94"/>
       <c r="K37" s="94"/>
       <c r="L37" s="94"/>
       <c r="M37" s="94"/>
       <c r="N37" s="47">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:14" ht="12.95" customHeight="1">
       <c r="A38" s="18" t="str">
         <f t="shared" si="3"/>
         <v>Site 5 Name</v>
       </c>
       <c r="B38" s="94"/>
       <c r="C38" s="94"/>
       <c r="D38" s="94"/>
       <c r="E38" s="94"/>
       <c r="F38" s="94"/>
       <c r="G38" s="94"/>
       <c r="H38" s="94"/>
       <c r="I38" s="94"/>
       <c r="J38" s="94"/>
       <c r="K38" s="94"/>
       <c r="L38" s="94"/>
       <c r="M38" s="94"/>
       <c r="N38" s="48">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:14" ht="12.95" customHeight="1">
       <c r="A39" s="19" t="str">
         <f t="shared" si="3"/>
         <v>Site 6 Name</v>
       </c>
       <c r="B39" s="94"/>
       <c r="C39" s="94"/>
       <c r="D39" s="94"/>
       <c r="E39" s="94"/>
       <c r="F39" s="94"/>
       <c r="G39" s="94"/>
       <c r="H39" s="94"/>
       <c r="I39" s="94"/>
       <c r="J39" s="94"/>
       <c r="K39" s="94"/>
       <c r="L39" s="94"/>
       <c r="M39" s="94"/>
       <c r="N39" s="49">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:14" ht="12.95" customHeight="1">
       <c r="A40" s="20" t="str">
         <f t="shared" si="3"/>
         <v>Site 7 Name</v>
       </c>
       <c r="B40" s="94"/>
       <c r="C40" s="94"/>
       <c r="D40" s="94"/>
       <c r="E40" s="94"/>
       <c r="F40" s="94"/>
       <c r="G40" s="94"/>
       <c r="H40" s="94"/>
       <c r="I40" s="94"/>
       <c r="J40" s="94"/>
       <c r="K40" s="94"/>
       <c r="L40" s="94"/>
       <c r="M40" s="94"/>
       <c r="N40" s="50">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:14" ht="12.95" customHeight="1">
       <c r="A41" s="21" t="str">
         <f t="shared" si="3"/>
         <v>Site 8 Name</v>
       </c>
       <c r="B41" s="94"/>
       <c r="C41" s="94"/>
       <c r="D41" s="94"/>
       <c r="E41" s="94"/>
       <c r="F41" s="94"/>
       <c r="G41" s="94"/>
       <c r="H41" s="94"/>
       <c r="I41" s="94"/>
       <c r="J41" s="94"/>
       <c r="K41" s="94"/>
       <c r="L41" s="94"/>
       <c r="M41" s="94"/>
       <c r="N41" s="51">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:14" ht="12.95" customHeight="1">
       <c r="A42" s="22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="B42" s="94"/>
       <c r="C42" s="94"/>
       <c r="D42" s="94"/>
       <c r="E42" s="94"/>
       <c r="F42" s="94"/>
       <c r="G42" s="94"/>
       <c r="H42" s="94"/>
       <c r="I42" s="94"/>
       <c r="J42" s="94"/>
       <c r="K42" s="94"/>
       <c r="L42" s="94"/>
       <c r="M42" s="94"/>
       <c r="N42" s="52">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:14" ht="12.95" customHeight="1">
       <c r="A43" s="92" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B43" s="93">
         <f>SUM(B34:B42)</f>
         <v>0</v>
       </c>
       <c r="C43" s="93">
         <f t="shared" ref="C43:M43" si="5">SUM(C34:C42)</f>
         <v>0</v>
       </c>
       <c r="D43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="E43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="F43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
@@ -15839,420 +15868,420 @@
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="I43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="J43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="K43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="L43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="M43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="N43" s="52"/>
     </row>
-    <row r="44" spans="1:14" ht="7" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="44" spans="1:14" ht="6.95" customHeight="1" thickBot="1">
       <c r="A44" s="9"/>
       <c r="B44" s="12"/>
       <c r="C44" s="3"/>
       <c r="D44" s="3"/>
       <c r="E44" s="3"/>
       <c r="F44" s="3"/>
       <c r="G44" s="3"/>
       <c r="H44" s="3"/>
       <c r="I44" s="3"/>
       <c r="J44" s="3"/>
       <c r="K44" s="3"/>
       <c r="L44" s="3"/>
       <c r="M44" s="3"/>
     </row>
-    <row r="45" spans="1:14" ht="26.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="45" spans="1:14" ht="26.45" customHeight="1" thickBot="1">
       <c r="A45" s="87" t="s">
-        <v>90</v>
+        <v>60</v>
       </c>
       <c r="B45" s="64" t="str">
         <f>A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="C45" s="65" t="str">
         <f>A9</f>
         <v>Site 2 Name</v>
       </c>
       <c r="D45" s="66" t="str">
         <f>A10</f>
         <v>Site 3 Name</v>
       </c>
       <c r="E45" s="67" t="str">
         <f>A11</f>
         <v>Site 4 Name</v>
       </c>
       <c r="F45" s="68" t="str">
         <f>A12</f>
         <v>Site 5 Name</v>
       </c>
       <c r="G45" s="69" t="str">
         <f>A13</f>
         <v>Site 6 Name</v>
       </c>
       <c r="H45" s="70" t="str">
         <f>A14</f>
         <v>Site 7 Name</v>
       </c>
       <c r="I45" s="71" t="str">
         <f>A15</f>
         <v>Site 8 Name</v>
       </c>
       <c r="J45" s="72" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
       <c r="M45" s="3"/>
     </row>
-    <row r="46" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="46" spans="1:14" ht="12.95" customHeight="1">
       <c r="A46" s="10" t="s">
-        <v>8</v>
+        <v>62</v>
       </c>
       <c r="B46" s="76">
         <f>N20</f>
         <v>0</v>
       </c>
       <c r="C46" s="76">
         <f>N21</f>
         <v>0</v>
       </c>
       <c r="D46" s="76">
         <f>N22</f>
         <v>0</v>
       </c>
       <c r="E46" s="76">
         <f>N23</f>
         <v>0</v>
       </c>
       <c r="F46" s="76">
         <f>N24</f>
         <v>0</v>
       </c>
       <c r="G46" s="76">
         <f>N25</f>
         <v>0</v>
       </c>
       <c r="H46" s="76">
         <f>N26</f>
         <v>0</v>
       </c>
       <c r="I46" s="76">
         <f>N27</f>
         <v>0</v>
       </c>
       <c r="J46" s="77">
         <f>N28</f>
         <v>0</v>
       </c>
       <c r="K46" s="3"/>
       <c r="L46" s="3"/>
       <c r="M46" s="3"/>
     </row>
-    <row r="47" spans="1:14" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="47" spans="1:14" ht="12.95" customHeight="1" thickBot="1">
       <c r="A47" s="11" t="s">
-        <v>9</v>
+        <v>70</v>
       </c>
       <c r="B47" s="4">
         <f>N34</f>
         <v>0</v>
       </c>
       <c r="C47" s="4">
         <f>N35</f>
         <v>0</v>
       </c>
       <c r="D47" s="4">
         <f>N36</f>
         <v>0</v>
       </c>
       <c r="E47" s="4">
         <f>N37</f>
         <v>0</v>
       </c>
       <c r="F47" s="4">
         <f>N38</f>
         <v>0</v>
       </c>
       <c r="G47" s="4">
         <f>N39</f>
         <v>0</v>
       </c>
       <c r="H47" s="4">
         <f>N40</f>
         <v>0</v>
       </c>
       <c r="I47" s="4">
         <f>N41</f>
         <v>0</v>
       </c>
       <c r="J47" s="13">
         <f>N42</f>
         <v>0</v>
       </c>
       <c r="K47" s="3"/>
       <c r="L47" s="3"/>
       <c r="M47" s="3"/>
     </row>
-    <row r="48" spans="1:14" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="48" spans="1:14" ht="12.95" customHeight="1" thickBot="1">
       <c r="A48" s="73" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
       <c r="B48" s="74">
         <f t="shared" ref="B48:J48" si="6">(SUM(B46:B47)/(COUNTA(B46:B47)))</f>
         <v>0</v>
       </c>
       <c r="C48" s="74">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="D48" s="74">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="E48" s="74">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="F48" s="74">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="G48" s="74">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="H48" s="74">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="I48" s="74">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="J48" s="75">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="K48" s="56">
         <f>SUM(B48:J48)</f>
         <v>0</v>
       </c>
       <c r="L48" s="179"/>
       <c r="M48" s="179"/>
     </row>
-    <row r="49" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:14" ht="12.95" customHeight="1">
       <c r="A49" s="60" t="s">
-        <v>33</v>
+        <v>64</v>
       </c>
       <c r="B49" s="3"/>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="5"/>
       <c r="L49" s="3"/>
       <c r="M49" s="3"/>
     </row>
-    <row r="50" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:14" ht="12.95" customHeight="1">
       <c r="A50" s="2"/>
       <c r="B50" s="3"/>
       <c r="C50" s="3"/>
       <c r="D50" s="3"/>
       <c r="E50" s="3"/>
       <c r="F50" s="3"/>
       <c r="G50" s="3"/>
       <c r="H50" s="3"/>
       <c r="I50" s="3"/>
       <c r="J50" s="3"/>
       <c r="K50" s="3"/>
       <c r="L50" s="3"/>
       <c r="M50" s="3"/>
     </row>
-    <row r="51" spans="1:14" ht="14.6" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="51" spans="1:14" ht="14.45" thickBot="1">
       <c r="A51" s="115" t="s">
-        <v>6</v>
+        <v>65</v>
       </c>
       <c r="B51" s="3"/>
       <c r="C51" s="3"/>
       <c r="D51" s="3"/>
       <c r="E51" s="3"/>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
       <c r="H51" s="3"/>
       <c r="I51" s="3"/>
       <c r="J51" s="3"/>
       <c r="K51" s="3"/>
       <c r="L51" s="3"/>
       <c r="M51" s="3"/>
     </row>
-    <row r="52" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:14">
       <c r="A52" s="81"/>
       <c r="B52" s="82"/>
       <c r="C52" s="82"/>
       <c r="D52" s="82"/>
       <c r="E52" s="82"/>
       <c r="F52" s="82"/>
       <c r="G52" s="82"/>
       <c r="H52" s="82"/>
       <c r="I52" s="82"/>
       <c r="J52" s="82"/>
       <c r="K52" s="82"/>
       <c r="L52" s="82"/>
       <c r="M52" s="82"/>
       <c r="N52" s="88"/>
     </row>
-    <row r="53" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:14">
       <c r="A53" s="83"/>
       <c r="B53" s="57"/>
       <c r="C53" s="57"/>
       <c r="D53" s="57"/>
       <c r="E53" s="57"/>
       <c r="F53" s="57"/>
       <c r="G53" s="57"/>
       <c r="H53" s="57"/>
       <c r="I53" s="57"/>
       <c r="J53" s="57"/>
       <c r="K53" s="57"/>
       <c r="L53" s="57"/>
       <c r="M53" s="57"/>
       <c r="N53" s="89"/>
     </row>
-    <row r="54" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:14">
       <c r="A54" s="84"/>
       <c r="B54" s="58"/>
       <c r="C54" s="58"/>
       <c r="D54" s="58"/>
       <c r="E54" s="58"/>
       <c r="F54" s="58"/>
       <c r="G54" s="58"/>
       <c r="H54" s="58"/>
       <c r="I54" s="58"/>
       <c r="J54" s="58"/>
       <c r="K54" s="58"/>
       <c r="L54" s="58"/>
       <c r="M54" s="58"/>
       <c r="N54" s="89"/>
     </row>
-    <row r="55" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:14">
       <c r="A55" s="83"/>
       <c r="B55" s="57"/>
       <c r="C55" s="57"/>
       <c r="D55" s="57"/>
       <c r="E55" s="57"/>
       <c r="F55" s="57"/>
       <c r="G55" s="57"/>
       <c r="H55" s="57"/>
       <c r="I55" s="57"/>
       <c r="J55" s="57"/>
       <c r="K55" s="57"/>
       <c r="L55" s="57"/>
       <c r="M55" s="57"/>
       <c r="N55" s="89"/>
     </row>
-    <row r="56" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:14">
       <c r="A56" s="83"/>
       <c r="B56" s="57"/>
       <c r="C56" s="57"/>
       <c r="D56" s="57"/>
       <c r="E56" s="57"/>
       <c r="F56" s="57"/>
       <c r="G56" s="57"/>
       <c r="H56" s="57"/>
       <c r="I56" s="57"/>
       <c r="J56" s="57"/>
       <c r="K56" s="57"/>
       <c r="L56" s="57"/>
       <c r="M56" s="57"/>
       <c r="N56" s="89"/>
     </row>
-    <row r="57" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:14">
       <c r="A57" s="83"/>
       <c r="B57" s="57"/>
       <c r="C57" s="57"/>
       <c r="D57" s="57"/>
       <c r="E57" s="57"/>
       <c r="F57" s="57"/>
       <c r="G57" s="57"/>
       <c r="H57" s="57"/>
       <c r="I57" s="57"/>
       <c r="J57" s="57"/>
       <c r="K57" s="57"/>
       <c r="L57" s="57"/>
       <c r="M57" s="57"/>
       <c r="N57" s="89"/>
     </row>
-    <row r="58" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:14">
       <c r="A58" s="83"/>
       <c r="B58" s="57"/>
       <c r="C58" s="57"/>
       <c r="D58" s="57"/>
       <c r="E58" s="57"/>
       <c r="F58" s="57"/>
       <c r="G58" s="57"/>
       <c r="H58" s="57"/>
       <c r="I58" s="57"/>
       <c r="J58" s="57"/>
       <c r="K58" s="57"/>
       <c r="L58" s="57"/>
       <c r="M58" s="57"/>
       <c r="N58" s="89"/>
     </row>
-    <row r="59" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:14">
       <c r="A59" s="83"/>
       <c r="B59" s="57"/>
       <c r="C59" s="57"/>
       <c r="D59" s="57"/>
       <c r="E59" s="57"/>
       <c r="F59" s="57"/>
       <c r="G59" s="57"/>
       <c r="H59" s="57"/>
       <c r="I59" s="57"/>
       <c r="J59" s="57"/>
       <c r="K59" s="57"/>
       <c r="L59" s="57"/>
       <c r="M59" s="57"/>
       <c r="N59" s="89"/>
     </row>
-    <row r="60" spans="1:14" ht="14.6" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="60" spans="1:14" ht="14.45" thickBot="1">
       <c r="A60" s="85"/>
       <c r="B60" s="86"/>
       <c r="C60" s="86"/>
       <c r="D60" s="86"/>
       <c r="E60" s="86"/>
       <c r="F60" s="86"/>
       <c r="G60" s="86"/>
       <c r="H60" s="86"/>
       <c r="I60" s="86"/>
       <c r="J60" s="86"/>
       <c r="K60" s="86"/>
       <c r="L60" s="86"/>
       <c r="M60" s="86"/>
       <c r="N60" s="90"/>
     </row>
   </sheetData>
   <mergeCells count="50">
     <mergeCell ref="L48:M48"/>
     <mergeCell ref="B14:C14"/>
     <mergeCell ref="D14:E14"/>
     <mergeCell ref="F14:G14"/>
     <mergeCell ref="J14:K14"/>
     <mergeCell ref="L14:N14"/>
     <mergeCell ref="B15:C15"/>
     <mergeCell ref="D15:E15"/>
@@ -16320,669 +16349,664 @@
       <formula>1</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="60" priority="8" operator="equal">
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Program Name" prompt="Enter the name of your program as it appears in ADS." sqref="C4:M4" xr:uid="{B96456BD-456D-4A97-97AF-88C9C5AE0FC9}"/>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="A2:N2" location="Instructions!A1" display="Follow the ACGME Rural Track Program Block Diagram Instructions to complete this template. " xr:uid="{EE89AB6B-4AFD-4968-A1F2-1FF95466E074}"/>
   </hyperlinks>
   <pageMargins left="0.2" right="0.2" top="0.25" bottom="0.25" header="0.3" footer="0.3"/>
   <pageSetup scale="85" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8C8C7348-ECDF-4072-B0FC-9C139B7351CA}">
   <sheetPr>
     <tabColor rgb="FF622F7C"/>
   </sheetPr>
   <dimension ref="A1:P75"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="L12" sqref="L12:N12"/>
+      <selection activeCell="L6" sqref="L6:N7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0.84375" defaultRowHeight="14.15" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0.85546875" defaultRowHeight="14.1"/>
   <cols>
-    <col min="1" max="1" width="21.15234375" style="39" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="14" max="14" width="10.84375" style="39" customWidth="1"/>
+    <col min="1" max="1" width="21.85546875" style="39" customWidth="1"/>
+    <col min="2" max="14" width="11.28515625" style="39" customWidth="1"/>
     <col min="15" max="15" width="11" style="39" customWidth="1"/>
-    <col min="16" max="16384" width="0.84375" style="39"/>
+    <col min="16" max="16384" width="0.85546875" style="39"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:15" ht="25.5" customHeight="1">
       <c r="A1" s="145" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="B1" s="145"/>
       <c r="C1" s="145"/>
       <c r="D1" s="145"/>
       <c r="E1" s="145"/>
       <c r="F1" s="145"/>
       <c r="G1" s="145"/>
       <c r="H1" s="145"/>
       <c r="I1" s="145"/>
       <c r="J1" s="145"/>
       <c r="K1" s="145"/>
       <c r="L1" s="145"/>
       <c r="M1" s="145"/>
       <c r="N1" s="145"/>
       <c r="O1" s="145"/>
     </row>
-    <row r="2" spans="1:15" ht="15" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:15" ht="15.6">
       <c r="A2" s="146" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="B2" s="146"/>
       <c r="C2" s="146"/>
       <c r="D2" s="146"/>
       <c r="E2" s="146"/>
       <c r="F2" s="146"/>
       <c r="G2" s="146"/>
       <c r="H2" s="146"/>
       <c r="I2" s="146"/>
       <c r="J2" s="146"/>
       <c r="K2" s="146"/>
       <c r="L2" s="146"/>
       <c r="M2" s="146"/>
       <c r="N2" s="146"/>
       <c r="O2" s="146"/>
     </row>
-    <row r="3" spans="1:15" ht="11.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:15" ht="11.1" customHeight="1" thickBot="1">
       <c r="A3" s="63"/>
       <c r="B3" s="63"/>
       <c r="C3" s="63"/>
       <c r="D3" s="63"/>
       <c r="E3" s="63"/>
       <c r="F3" s="63"/>
       <c r="G3" s="63"/>
       <c r="H3" s="63"/>
       <c r="I3" s="63"/>
       <c r="J3" s="63"/>
       <c r="K3" s="63"/>
       <c r="L3" s="63"/>
       <c r="M3" s="63"/>
       <c r="N3" s="63"/>
       <c r="O3" s="63"/>
     </row>
-    <row r="4" spans="1:15" ht="18" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="4" spans="1:15" ht="18.600000000000001" thickBot="1">
       <c r="A4" s="147" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B4" s="148"/>
       <c r="C4" s="149" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="D4" s="149"/>
       <c r="E4" s="149"/>
       <c r="F4" s="149"/>
       <c r="G4" s="149"/>
       <c r="H4" s="149"/>
       <c r="I4" s="149"/>
       <c r="J4" s="149"/>
       <c r="K4" s="149"/>
       <c r="L4" s="149"/>
       <c r="M4" s="150"/>
       <c r="N4" s="151"/>
       <c r="O4" s="38"/>
     </row>
-    <row r="5" spans="1:15" ht="7" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="1:15" ht="6.95" customHeight="1" thickBot="1">
       <c r="A5" s="40"/>
       <c r="B5" s="40"/>
       <c r="C5" s="41"/>
       <c r="D5" s="41"/>
       <c r="E5" s="41"/>
       <c r="F5" s="41"/>
       <c r="G5" s="41"/>
       <c r="H5" s="41"/>
       <c r="I5" s="41"/>
       <c r="J5" s="41"/>
       <c r="K5" s="41"/>
       <c r="L5" s="41"/>
       <c r="M5" s="41"/>
       <c r="N5" s="41"/>
       <c r="O5" s="38"/>
     </row>
-    <row r="6" spans="1:15" ht="19" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:15" ht="18.95" customHeight="1" thickBot="1">
       <c r="A6" s="61" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="B6" s="12" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C6" s="41"/>
       <c r="D6" s="41"/>
       <c r="E6" s="41"/>
       <c r="F6" s="41"/>
       <c r="G6" s="41"/>
       <c r="H6" s="41"/>
       <c r="I6" s="41"/>
       <c r="J6" s="41"/>
       <c r="K6" s="41"/>
       <c r="L6" s="152" t="s">
-        <v>79</v>
+        <v>37</v>
       </c>
       <c r="M6" s="153"/>
       <c r="N6" s="154"/>
       <c r="O6" s="38"/>
     </row>
-    <row r="7" spans="1:15" ht="24.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="7" spans="1:15" ht="24.6" customHeight="1" thickBot="1">
       <c r="A7" s="29" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="B7" s="158" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="C7" s="158"/>
       <c r="D7" s="158" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="E7" s="158"/>
       <c r="F7" s="158" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="G7" s="158"/>
       <c r="H7" s="117" t="s">
-        <v>75</v>
+        <v>42</v>
       </c>
       <c r="I7" s="117" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="J7" s="159" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="K7" s="160"/>
       <c r="L7" s="155"/>
       <c r="M7" s="156"/>
       <c r="N7" s="157"/>
     </row>
-    <row r="8" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:15" ht="15.6" customHeight="1">
       <c r="A8" s="30" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="B8" s="168"/>
       <c r="C8" s="168"/>
       <c r="D8" s="169"/>
       <c r="E8" s="169"/>
       <c r="F8" s="169"/>
       <c r="G8" s="169"/>
       <c r="H8" s="25"/>
       <c r="I8" s="25"/>
       <c r="J8" s="170"/>
       <c r="K8" s="171"/>
       <c r="L8" s="172"/>
       <c r="M8" s="173"/>
       <c r="N8" s="174"/>
     </row>
-    <row r="9" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:15" ht="15.6" customHeight="1">
       <c r="A9" s="31" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="B9" s="161"/>
       <c r="C9" s="161"/>
       <c r="D9" s="162"/>
       <c r="E9" s="162"/>
       <c r="F9" s="162"/>
       <c r="G9" s="162"/>
       <c r="H9" s="27"/>
       <c r="I9" s="27"/>
       <c r="J9" s="163"/>
       <c r="K9" s="164"/>
       <c r="L9" s="165"/>
       <c r="M9" s="166"/>
       <c r="N9" s="167"/>
     </row>
-    <row r="10" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:15" ht="15.6" customHeight="1">
       <c r="A10" s="32" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="B10" s="176"/>
       <c r="C10" s="176"/>
       <c r="D10" s="162"/>
       <c r="E10" s="162"/>
       <c r="F10" s="162"/>
       <c r="G10" s="162"/>
       <c r="H10" s="27"/>
       <c r="I10" s="27"/>
       <c r="J10" s="163"/>
       <c r="K10" s="164"/>
       <c r="L10" s="165"/>
       <c r="M10" s="166"/>
       <c r="N10" s="167"/>
     </row>
-    <row r="11" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:15" ht="15.6" customHeight="1">
       <c r="A11" s="33" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="B11" s="175"/>
       <c r="C11" s="175"/>
       <c r="D11" s="162"/>
       <c r="E11" s="162"/>
       <c r="F11" s="162"/>
       <c r="G11" s="162"/>
       <c r="H11" s="27"/>
       <c r="I11" s="27"/>
       <c r="J11" s="163"/>
       <c r="K11" s="164"/>
       <c r="L11" s="165"/>
       <c r="M11" s="166"/>
       <c r="N11" s="167"/>
     </row>
-    <row r="12" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:15" ht="15.6" customHeight="1">
       <c r="A12" s="34" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="B12" s="178"/>
       <c r="C12" s="178"/>
       <c r="D12" s="162"/>
       <c r="E12" s="162"/>
       <c r="F12" s="162"/>
       <c r="G12" s="162"/>
       <c r="H12" s="27"/>
       <c r="I12" s="27"/>
       <c r="J12" s="163"/>
       <c r="K12" s="164"/>
       <c r="L12" s="165"/>
       <c r="M12" s="166"/>
       <c r="N12" s="167"/>
     </row>
-    <row r="13" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:15" ht="15.6" customHeight="1">
       <c r="A13" s="35" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="B13" s="177"/>
       <c r="C13" s="177"/>
       <c r="D13" s="162"/>
       <c r="E13" s="162"/>
       <c r="F13" s="162"/>
       <c r="G13" s="162"/>
       <c r="H13" s="27"/>
       <c r="I13" s="27"/>
       <c r="J13" s="163"/>
       <c r="K13" s="164"/>
       <c r="L13" s="165"/>
       <c r="M13" s="166"/>
       <c r="N13" s="167"/>
     </row>
-    <row r="14" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:15" ht="15.6" customHeight="1">
       <c r="A14" s="36" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="B14" s="180"/>
       <c r="C14" s="180"/>
       <c r="D14" s="162"/>
       <c r="E14" s="162"/>
       <c r="F14" s="162"/>
       <c r="G14" s="162"/>
       <c r="H14" s="27"/>
       <c r="I14" s="27"/>
       <c r="J14" s="163"/>
       <c r="K14" s="164"/>
       <c r="L14" s="165"/>
       <c r="M14" s="166"/>
       <c r="N14" s="167"/>
     </row>
-    <row r="15" spans="1:15" ht="15.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="15" spans="1:15" ht="15.6" customHeight="1" thickBot="1">
       <c r="A15" s="37" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="B15" s="181"/>
       <c r="C15" s="181"/>
       <c r="D15" s="182"/>
       <c r="E15" s="182"/>
       <c r="F15" s="182"/>
       <c r="G15" s="182"/>
       <c r="H15" s="28"/>
       <c r="I15" s="28"/>
       <c r="J15" s="183"/>
       <c r="K15" s="184"/>
       <c r="L15" s="185"/>
       <c r="M15" s="186"/>
       <c r="N15" s="187"/>
     </row>
-    <row r="16" spans="1:15" ht="6.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:15" ht="6.6" customHeight="1">
       <c r="A16" s="42"/>
       <c r="B16" s="38"/>
       <c r="C16" s="38"/>
       <c r="D16" s="38"/>
       <c r="E16" s="38"/>
       <c r="F16" s="38"/>
       <c r="G16" s="38"/>
       <c r="H16" s="38"/>
       <c r="I16" s="38"/>
       <c r="J16" s="38"/>
       <c r="K16" s="38"/>
       <c r="L16" s="38"/>
       <c r="M16" s="38"/>
       <c r="N16" s="38"/>
       <c r="O16" s="38"/>
     </row>
-    <row r="17" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:15" ht="12.95" customHeight="1">
       <c r="A17" s="59" t="s">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="B17" s="62" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6"/>
       <c r="E17" s="6"/>
       <c r="F17" s="6"/>
       <c r="G17" s="6"/>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="6"/>
       <c r="N17" s="6"/>
       <c r="O17" s="38"/>
     </row>
-    <row r="18" spans="1:15" s="43" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="18" spans="1:15" s="43" customFormat="1" ht="12.95" customHeight="1" thickBot="1">
       <c r="A18" s="7" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="B18" s="1">
         <v>1</v>
       </c>
       <c r="C18" s="1">
         <v>2</v>
       </c>
       <c r="D18" s="1">
         <v>3</v>
       </c>
       <c r="E18" s="1">
         <v>4</v>
       </c>
       <c r="F18" s="1">
         <v>5</v>
       </c>
       <c r="G18" s="1">
         <v>6</v>
       </c>
       <c r="H18" s="1">
         <v>7</v>
       </c>
       <c r="I18" s="1">
         <v>8</v>
       </c>
       <c r="J18" s="1">
         <v>9</v>
       </c>
       <c r="K18" s="1">
         <v>10</v>
       </c>
       <c r="L18" s="1">
         <v>11</v>
       </c>
       <c r="M18" s="1">
         <v>12</v>
       </c>
       <c r="N18" s="1">
         <v>13</v>
       </c>
       <c r="O18" s="42" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:15" s="43" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" s="43" customFormat="1" ht="12.95" customHeight="1">
       <c r="A19" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B19" s="25"/>
       <c r="C19" s="25"/>
       <c r="D19" s="25"/>
       <c r="E19" s="25"/>
       <c r="F19" s="25"/>
       <c r="G19" s="25"/>
       <c r="H19" s="25"/>
       <c r="I19" s="25"/>
       <c r="J19" s="25"/>
       <c r="K19" s="25"/>
       <c r="L19" s="25"/>
       <c r="M19" s="25"/>
       <c r="N19" s="25"/>
       <c r="O19" s="42"/>
     </row>
-    <row r="20" spans="1:15" s="43" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:15" s="43" customFormat="1" ht="12.95" customHeight="1">
       <c r="A20" s="16" t="str">
         <f t="shared" ref="A20:A27" si="0">A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="B20" s="94"/>
       <c r="C20" s="94"/>
       <c r="D20" s="94"/>
       <c r="E20" s="94"/>
       <c r="F20" s="94"/>
       <c r="G20" s="94"/>
       <c r="H20" s="94"/>
       <c r="I20" s="94"/>
       <c r="J20" s="94"/>
       <c r="K20" s="94"/>
       <c r="L20" s="94"/>
       <c r="M20" s="94"/>
       <c r="N20" s="94"/>
       <c r="O20" s="44">
         <f t="shared" ref="O20:O28" si="1">(SUM(B20:N20)/13)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:15" s="43" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:15" s="43" customFormat="1" ht="12.95" customHeight="1">
       <c r="A21" s="15" t="str">
         <f t="shared" si="0"/>
         <v>Site 2 Name</v>
       </c>
       <c r="B21" s="94"/>
       <c r="C21" s="94"/>
       <c r="D21" s="94"/>
       <c r="E21" s="94"/>
       <c r="F21" s="94"/>
       <c r="G21" s="94"/>
       <c r="H21" s="94"/>
       <c r="I21" s="94"/>
       <c r="J21" s="94"/>
       <c r="K21" s="94"/>
       <c r="L21" s="94"/>
       <c r="M21" s="94"/>
       <c r="N21" s="94"/>
       <c r="O21" s="45">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:15" ht="12.95" customHeight="1">
       <c r="A22" s="14" t="str">
         <f t="shared" si="0"/>
         <v>Site 3 Name</v>
       </c>
       <c r="B22" s="94"/>
       <c r="C22" s="94"/>
       <c r="D22" s="94"/>
       <c r="E22" s="94"/>
       <c r="F22" s="94"/>
       <c r="G22" s="94"/>
       <c r="H22" s="94"/>
       <c r="I22" s="94"/>
       <c r="J22" s="94"/>
       <c r="K22" s="94"/>
       <c r="L22" s="94"/>
       <c r="M22" s="94"/>
       <c r="N22" s="94"/>
       <c r="O22" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:15" ht="12.95" customHeight="1">
       <c r="A23" s="17" t="str">
         <f t="shared" si="0"/>
         <v>Site 4 Name</v>
       </c>
       <c r="B23" s="94"/>
       <c r="C23" s="94"/>
       <c r="D23" s="94"/>
       <c r="E23" s="94"/>
       <c r="F23" s="94"/>
       <c r="G23" s="94"/>
       <c r="H23" s="94"/>
       <c r="I23" s="94"/>
       <c r="J23" s="94"/>
       <c r="K23" s="94"/>
       <c r="L23" s="94"/>
       <c r="M23" s="94"/>
       <c r="N23" s="94"/>
       <c r="O23" s="47">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:15" ht="12.95" customHeight="1">
       <c r="A24" s="18" t="str">
         <f t="shared" si="0"/>
         <v>Site 5 Name</v>
       </c>
       <c r="B24" s="94"/>
       <c r="C24" s="94"/>
       <c r="D24" s="94"/>
       <c r="E24" s="94"/>
       <c r="F24" s="94"/>
       <c r="G24" s="94"/>
       <c r="H24" s="94"/>
       <c r="I24" s="94"/>
       <c r="J24" s="94"/>
       <c r="K24" s="94"/>
       <c r="L24" s="94"/>
       <c r="M24" s="94"/>
       <c r="N24" s="94"/>
       <c r="O24" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:15" ht="12.95" customHeight="1">
       <c r="A25" s="19" t="str">
         <f t="shared" si="0"/>
         <v>Site 6 Name</v>
       </c>
       <c r="B25" s="94"/>
       <c r="C25" s="94"/>
       <c r="D25" s="94"/>
       <c r="E25" s="94"/>
       <c r="F25" s="94"/>
       <c r="G25" s="94"/>
       <c r="H25" s="94"/>
       <c r="I25" s="94"/>
       <c r="J25" s="94"/>
       <c r="K25" s="94"/>
       <c r="L25" s="94"/>
       <c r="M25" s="94"/>
       <c r="N25" s="94"/>
       <c r="O25" s="49">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:15" ht="12.95" customHeight="1">
       <c r="A26" s="20" t="str">
         <f t="shared" si="0"/>
         <v>Site 7 Name</v>
       </c>
       <c r="B26" s="94"/>
       <c r="C26" s="94"/>
       <c r="D26" s="94"/>
       <c r="E26" s="94"/>
       <c r="F26" s="94"/>
       <c r="G26" s="94"/>
       <c r="H26" s="94"/>
       <c r="I26" s="94"/>
       <c r="J26" s="94"/>
       <c r="K26" s="94"/>
       <c r="L26" s="94"/>
       <c r="M26" s="94"/>
       <c r="N26" s="94"/>
       <c r="O26" s="50">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:15" ht="12.95" customHeight="1">
       <c r="A27" s="21" t="str">
         <f t="shared" si="0"/>
         <v>Site 8 Name</v>
       </c>
       <c r="B27" s="94"/>
       <c r="C27" s="94"/>
       <c r="D27" s="94"/>
       <c r="E27" s="94"/>
       <c r="F27" s="94"/>
       <c r="G27" s="94"/>
       <c r="H27" s="94"/>
       <c r="I27" s="94"/>
       <c r="J27" s="94"/>
       <c r="K27" s="94"/>
       <c r="L27" s="94"/>
       <c r="M27" s="94"/>
       <c r="N27" s="94"/>
       <c r="O27" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:15" ht="12.95" customHeight="1">
       <c r="A28" s="22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="B28" s="94"/>
       <c r="C28" s="94"/>
       <c r="D28" s="94"/>
       <c r="E28" s="94"/>
       <c r="F28" s="94"/>
       <c r="G28" s="94"/>
       <c r="H28" s="94"/>
       <c r="I28" s="94"/>
       <c r="J28" s="94"/>
       <c r="K28" s="94"/>
       <c r="L28" s="94"/>
       <c r="M28" s="94"/>
       <c r="N28" s="94"/>
       <c r="O28" s="52">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:15" ht="12.95" customHeight="1">
       <c r="A29" s="92" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B29" s="93">
         <f>SUM(B20:B28)</f>
         <v>0</v>
       </c>
       <c r="C29" s="93">
         <f t="shared" ref="C29:N29" si="2">SUM(C20:C28)</f>
         <v>0</v>
       </c>
       <c r="D29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="E29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="F29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="G29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
@@ -16994,363 +17018,363 @@
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="N29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O29" s="52"/>
     </row>
-    <row r="30" spans="1:15" ht="7" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:15" ht="6.95" customHeight="1">
       <c r="A30" s="23"/>
       <c r="B30" s="24"/>
       <c r="C30" s="24"/>
       <c r="D30" s="24"/>
       <c r="E30" s="24"/>
       <c r="F30" s="24"/>
       <c r="G30" s="24"/>
       <c r="H30" s="24"/>
       <c r="I30" s="24"/>
       <c r="J30" s="24"/>
       <c r="K30" s="24"/>
       <c r="L30" s="24"/>
       <c r="M30" s="24"/>
       <c r="N30" s="24"/>
       <c r="O30" s="53"/>
     </row>
-    <row r="31" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:15" ht="12.95" customHeight="1">
       <c r="A31" s="59" t="s">
-        <v>2</v>
+        <v>69</v>
       </c>
       <c r="B31" s="62" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3"/>
       <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="3"/>
       <c r="J31" s="3"/>
       <c r="K31" s="3"/>
       <c r="L31" s="3"/>
       <c r="M31" s="3"/>
       <c r="N31" s="3"/>
       <c r="O31" s="38"/>
     </row>
-    <row r="32" spans="1:15" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="32" spans="1:15" ht="12.95" customHeight="1" thickBot="1">
       <c r="A32" s="7" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="B32" s="1">
         <v>1</v>
       </c>
       <c r="C32" s="1">
         <v>2</v>
       </c>
       <c r="D32" s="1">
         <v>3</v>
       </c>
       <c r="E32" s="1">
         <v>4</v>
       </c>
       <c r="F32" s="1">
         <v>5</v>
       </c>
       <c r="G32" s="1">
         <v>6</v>
       </c>
       <c r="H32" s="1">
         <v>7</v>
       </c>
       <c r="I32" s="1">
         <v>8</v>
       </c>
       <c r="J32" s="1">
         <v>9</v>
       </c>
       <c r="K32" s="1">
         <v>10</v>
       </c>
       <c r="L32" s="1">
         <v>11</v>
       </c>
       <c r="M32" s="1">
         <v>12</v>
       </c>
       <c r="N32" s="1">
         <v>13</v>
       </c>
       <c r="O32" s="42" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16" ht="12.95" customHeight="1">
       <c r="A33" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B33" s="25"/>
       <c r="C33" s="25"/>
       <c r="D33" s="25"/>
       <c r="E33" s="25"/>
       <c r="F33" s="25"/>
       <c r="G33" s="25"/>
       <c r="H33" s="25"/>
       <c r="I33" s="25"/>
       <c r="J33" s="25"/>
       <c r="K33" s="25"/>
       <c r="L33" s="25"/>
       <c r="M33" s="25"/>
       <c r="N33" s="25"/>
       <c r="O33" s="42"/>
     </row>
-    <row r="34" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:16" ht="12.95" customHeight="1">
       <c r="A34" s="16" t="str">
         <f t="shared" ref="A34:A41" si="3">A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="B34" s="26"/>
       <c r="C34" s="94"/>
       <c r="D34" s="94"/>
       <c r="E34" s="94"/>
       <c r="F34" s="94"/>
       <c r="G34" s="94"/>
       <c r="H34" s="94"/>
       <c r="I34" s="94"/>
       <c r="J34" s="94"/>
       <c r="K34" s="94"/>
       <c r="L34" s="94"/>
       <c r="M34" s="94"/>
       <c r="N34" s="94"/>
       <c r="O34" s="44">
         <f t="shared" ref="O34:O42" si="4">(SUM(B34:N34)/13)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:16" ht="12.95" customHeight="1">
       <c r="A35" s="15" t="str">
         <f t="shared" si="3"/>
         <v>Site 2 Name</v>
       </c>
       <c r="B35" s="26"/>
       <c r="C35" s="94"/>
       <c r="D35" s="94"/>
       <c r="E35" s="94"/>
       <c r="F35" s="94"/>
       <c r="G35" s="94"/>
       <c r="H35" s="94"/>
       <c r="I35" s="94"/>
       <c r="J35" s="94"/>
       <c r="K35" s="94"/>
       <c r="L35" s="94"/>
       <c r="M35" s="94"/>
       <c r="N35" s="94"/>
       <c r="O35" s="45">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:16" ht="12.95" customHeight="1">
       <c r="A36" s="14" t="str">
         <f t="shared" si="3"/>
         <v>Site 3 Name</v>
       </c>
       <c r="B36" s="94"/>
       <c r="C36" s="94"/>
       <c r="D36" s="94"/>
       <c r="E36" s="94"/>
       <c r="F36" s="94"/>
       <c r="G36" s="94"/>
       <c r="H36" s="94"/>
       <c r="I36" s="94"/>
       <c r="J36" s="94"/>
       <c r="K36" s="94"/>
       <c r="L36" s="94"/>
       <c r="M36" s="94"/>
       <c r="N36" s="94"/>
       <c r="O36" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:16" ht="12.95" customHeight="1">
       <c r="A37" s="17" t="str">
         <f t="shared" si="3"/>
         <v>Site 4 Name</v>
       </c>
       <c r="B37" s="94"/>
       <c r="C37" s="94"/>
       <c r="D37" s="94"/>
       <c r="E37" s="94"/>
       <c r="F37" s="94"/>
       <c r="G37" s="94"/>
       <c r="H37" s="94"/>
       <c r="I37" s="94"/>
       <c r="J37" s="94"/>
       <c r="K37" s="94"/>
       <c r="L37" s="94"/>
       <c r="M37" s="94"/>
       <c r="N37" s="94"/>
       <c r="O37" s="47">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:16" ht="12.95" customHeight="1">
       <c r="A38" s="18" t="str">
         <f t="shared" si="3"/>
         <v>Site 5 Name</v>
       </c>
       <c r="B38" s="94"/>
       <c r="C38" s="94"/>
       <c r="D38" s="94"/>
       <c r="E38" s="94"/>
       <c r="F38" s="94"/>
       <c r="G38" s="94"/>
       <c r="H38" s="94"/>
       <c r="I38" s="94"/>
       <c r="J38" s="94"/>
       <c r="K38" s="94"/>
       <c r="L38" s="94"/>
       <c r="M38" s="94"/>
       <c r="N38" s="94"/>
       <c r="O38" s="48">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:16" ht="12.95" customHeight="1">
       <c r="A39" s="19" t="str">
         <f t="shared" si="3"/>
         <v>Site 6 Name</v>
       </c>
       <c r="B39" s="94"/>
       <c r="C39" s="94"/>
       <c r="D39" s="94"/>
       <c r="E39" s="94"/>
       <c r="F39" s="94"/>
       <c r="G39" s="94"/>
       <c r="H39" s="94"/>
       <c r="I39" s="94"/>
       <c r="J39" s="94"/>
       <c r="K39" s="94"/>
       <c r="L39" s="94"/>
       <c r="M39" s="94"/>
       <c r="N39" s="94"/>
       <c r="O39" s="49">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:16" ht="12.95" customHeight="1">
       <c r="A40" s="20" t="str">
         <f t="shared" si="3"/>
         <v>Site 7 Name</v>
       </c>
       <c r="B40" s="94"/>
       <c r="C40" s="94"/>
       <c r="D40" s="94"/>
       <c r="E40" s="94"/>
       <c r="F40" s="94"/>
       <c r="G40" s="94"/>
       <c r="H40" s="94"/>
       <c r="I40" s="94"/>
       <c r="J40" s="94"/>
       <c r="K40" s="94"/>
       <c r="L40" s="94"/>
       <c r="M40" s="94"/>
       <c r="N40" s="94"/>
       <c r="O40" s="50">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:16" ht="12.95" customHeight="1">
       <c r="A41" s="21" t="str">
         <f t="shared" si="3"/>
         <v>Site 8 Name</v>
       </c>
       <c r="B41" s="94"/>
       <c r="C41" s="94"/>
       <c r="D41" s="94"/>
       <c r="E41" s="94"/>
       <c r="F41" s="94"/>
       <c r="G41" s="94"/>
       <c r="H41" s="94"/>
       <c r="I41" s="94"/>
       <c r="J41" s="94"/>
       <c r="K41" s="94"/>
       <c r="L41" s="94"/>
       <c r="M41" s="94"/>
       <c r="N41" s="94"/>
       <c r="O41" s="51">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:16" ht="12.95" customHeight="1">
       <c r="A42" s="22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="B42" s="94"/>
       <c r="C42" s="94"/>
       <c r="D42" s="94"/>
       <c r="E42" s="94"/>
       <c r="F42" s="94"/>
       <c r="G42" s="94"/>
       <c r="H42" s="94"/>
       <c r="I42" s="94"/>
       <c r="J42" s="94"/>
       <c r="K42" s="94"/>
       <c r="L42" s="94"/>
       <c r="M42" s="94"/>
       <c r="N42" s="94"/>
       <c r="O42" s="52">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:16" ht="12.95" customHeight="1">
       <c r="A43" s="92" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B43" s="93">
         <f>SUM(B34:B42)</f>
         <v>0</v>
       </c>
       <c r="C43" s="93">
         <f t="shared" ref="C43:N43" si="5">SUM(C34:C42)</f>
         <v>0</v>
       </c>
       <c r="D43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="E43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="F43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
@@ -17362,364 +17386,364 @@
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="J43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="K43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="L43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="M43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="N43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="O43" s="52"/>
     </row>
-    <row r="44" spans="1:16" ht="7" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:16" ht="6.95" customHeight="1">
       <c r="A44" s="23"/>
       <c r="B44" s="24"/>
       <c r="C44" s="24"/>
       <c r="D44" s="24"/>
       <c r="E44" s="24"/>
       <c r="F44" s="24"/>
       <c r="G44" s="24"/>
       <c r="H44" s="24"/>
       <c r="I44" s="24"/>
       <c r="J44" s="24"/>
       <c r="K44" s="24"/>
       <c r="L44" s="24"/>
       <c r="M44" s="24"/>
       <c r="N44" s="24"/>
       <c r="O44" s="53"/>
       <c r="P44" s="54"/>
     </row>
-    <row r="45" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:16" ht="12.95" customHeight="1">
       <c r="A45" s="59" t="s">
-        <v>3</v>
+        <v>73</v>
       </c>
       <c r="B45" s="62" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
       <c r="M45" s="3"/>
       <c r="N45" s="3"/>
       <c r="O45" s="38"/>
     </row>
-    <row r="46" spans="1:16" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="46" spans="1:16" ht="12.95" customHeight="1" thickBot="1">
       <c r="A46" s="7" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="B46" s="1">
         <v>1</v>
       </c>
       <c r="C46" s="1">
         <v>2</v>
       </c>
       <c r="D46" s="1">
         <v>3</v>
       </c>
       <c r="E46" s="1">
         <v>4</v>
       </c>
       <c r="F46" s="1">
         <v>5</v>
       </c>
       <c r="G46" s="1">
         <v>6</v>
       </c>
       <c r="H46" s="1">
         <v>7</v>
       </c>
       <c r="I46" s="1">
         <v>8</v>
       </c>
       <c r="J46" s="1">
         <v>9</v>
       </c>
       <c r="K46" s="1">
         <v>10</v>
       </c>
       <c r="L46" s="1">
         <v>11</v>
       </c>
       <c r="M46" s="1">
         <v>12</v>
       </c>
       <c r="N46" s="1">
         <v>13</v>
       </c>
       <c r="O46" s="42" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16" ht="12.95" customHeight="1">
       <c r="A47" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B47" s="25"/>
       <c r="C47" s="25"/>
       <c r="D47" s="25"/>
       <c r="E47" s="25"/>
       <c r="F47" s="25"/>
       <c r="G47" s="25"/>
       <c r="H47" s="25"/>
       <c r="I47" s="25"/>
       <c r="J47" s="25"/>
       <c r="K47" s="25"/>
       <c r="L47" s="25"/>
       <c r="M47" s="25"/>
       <c r="N47" s="25"/>
       <c r="O47" s="42"/>
     </row>
-    <row r="48" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:16" ht="12.95" customHeight="1">
       <c r="A48" s="16" t="str">
         <f t="shared" ref="A48:A55" si="6">A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="B48" s="94"/>
       <c r="C48" s="94"/>
       <c r="D48" s="94"/>
       <c r="E48" s="94"/>
       <c r="F48" s="94"/>
       <c r="G48" s="94"/>
       <c r="H48" s="94"/>
       <c r="I48" s="94"/>
       <c r="J48" s="94"/>
       <c r="K48" s="94"/>
       <c r="L48" s="94"/>
       <c r="M48" s="94"/>
       <c r="N48" s="94"/>
       <c r="O48" s="44">
         <f t="shared" ref="O48:O56" si="7">(SUM(B48:N48)/13)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="49" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:15" ht="12.95" customHeight="1">
       <c r="A49" s="15" t="str">
         <f t="shared" si="6"/>
         <v>Site 2 Name</v>
       </c>
       <c r="B49" s="94"/>
       <c r="C49" s="94"/>
       <c r="D49" s="94"/>
       <c r="E49" s="94"/>
       <c r="F49" s="94"/>
       <c r="G49" s="94"/>
       <c r="H49" s="94"/>
       <c r="I49" s="94"/>
       <c r="J49" s="94"/>
       <c r="K49" s="94"/>
       <c r="L49" s="94"/>
       <c r="M49" s="94"/>
       <c r="N49" s="94"/>
       <c r="O49" s="45">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="50" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:15" ht="12.95" customHeight="1">
       <c r="A50" s="14" t="str">
         <f t="shared" si="6"/>
         <v>Site 3 Name</v>
       </c>
       <c r="B50" s="94"/>
       <c r="C50" s="94"/>
       <c r="D50" s="94"/>
       <c r="E50" s="94"/>
       <c r="F50" s="94"/>
       <c r="G50" s="94"/>
       <c r="H50" s="94"/>
       <c r="I50" s="94"/>
       <c r="J50" s="94"/>
       <c r="K50" s="94"/>
       <c r="L50" s="94"/>
       <c r="M50" s="94"/>
       <c r="N50" s="94"/>
       <c r="O50" s="46">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="51" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:15" ht="12.95" customHeight="1">
       <c r="A51" s="17" t="str">
         <f t="shared" si="6"/>
         <v>Site 4 Name</v>
       </c>
       <c r="B51" s="94"/>
       <c r="C51" s="94"/>
       <c r="D51" s="94"/>
       <c r="E51" s="94"/>
       <c r="F51" s="94"/>
       <c r="G51" s="94"/>
       <c r="H51" s="94"/>
       <c r="I51" s="94"/>
       <c r="J51" s="94"/>
       <c r="K51" s="94"/>
       <c r="L51" s="94"/>
       <c r="M51" s="94"/>
       <c r="N51" s="94"/>
       <c r="O51" s="47">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="52" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:15" ht="12.95" customHeight="1">
       <c r="A52" s="18" t="str">
         <f t="shared" si="6"/>
         <v>Site 5 Name</v>
       </c>
       <c r="B52" s="94"/>
       <c r="C52" s="94"/>
       <c r="D52" s="94"/>
       <c r="E52" s="94"/>
       <c r="F52" s="94"/>
       <c r="G52" s="94"/>
       <c r="H52" s="94"/>
       <c r="I52" s="94"/>
       <c r="J52" s="94"/>
       <c r="K52" s="94"/>
       <c r="L52" s="94"/>
       <c r="M52" s="94"/>
       <c r="N52" s="94"/>
       <c r="O52" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="53" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:15" ht="12.95" customHeight="1">
       <c r="A53" s="19" t="str">
         <f t="shared" si="6"/>
         <v>Site 6 Name</v>
       </c>
       <c r="B53" s="94"/>
       <c r="C53" s="94"/>
       <c r="D53" s="94"/>
       <c r="E53" s="94"/>
       <c r="F53" s="94"/>
       <c r="G53" s="94"/>
       <c r="H53" s="94"/>
       <c r="I53" s="94"/>
       <c r="J53" s="94"/>
       <c r="K53" s="94"/>
       <c r="L53" s="94"/>
       <c r="M53" s="94"/>
       <c r="N53" s="94"/>
       <c r="O53" s="49">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="54" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:15" ht="12.95" customHeight="1">
       <c r="A54" s="20" t="str">
         <f t="shared" si="6"/>
         <v>Site 7 Name</v>
       </c>
       <c r="B54" s="94"/>
       <c r="C54" s="94"/>
       <c r="D54" s="94"/>
       <c r="E54" s="94"/>
       <c r="F54" s="94"/>
       <c r="G54" s="94"/>
       <c r="H54" s="94"/>
       <c r="I54" s="94"/>
       <c r="J54" s="94"/>
       <c r="K54" s="94"/>
       <c r="L54" s="94"/>
       <c r="M54" s="94"/>
       <c r="N54" s="94"/>
       <c r="O54" s="50">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="55" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:15" ht="12.95" customHeight="1">
       <c r="A55" s="21" t="str">
         <f t="shared" si="6"/>
         <v>Site 8 Name</v>
       </c>
       <c r="B55" s="94"/>
       <c r="C55" s="94"/>
       <c r="D55" s="94"/>
       <c r="E55" s="94"/>
       <c r="F55" s="94"/>
       <c r="G55" s="94"/>
       <c r="H55" s="94"/>
       <c r="I55" s="94"/>
       <c r="J55" s="94"/>
       <c r="K55" s="94"/>
       <c r="L55" s="94"/>
       <c r="M55" s="94"/>
       <c r="N55" s="94"/>
       <c r="O55" s="51">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="56" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:15" ht="12.95" customHeight="1">
       <c r="A56" s="22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="B56" s="94"/>
       <c r="C56" s="94"/>
       <c r="D56" s="94"/>
       <c r="E56" s="94"/>
       <c r="F56" s="94"/>
       <c r="G56" s="94"/>
       <c r="H56" s="94"/>
       <c r="I56" s="94"/>
       <c r="J56" s="94"/>
       <c r="K56" s="94"/>
       <c r="L56" s="94"/>
       <c r="M56" s="94"/>
       <c r="N56" s="94"/>
       <c r="O56" s="52">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="57" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:15" ht="12.95" customHeight="1">
       <c r="A57" s="92" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B57" s="93">
         <f>SUM(B48:B56)</f>
         <v>0</v>
       </c>
       <c r="C57" s="93">
         <f t="shared" ref="C57:N57" si="8">SUM(C48:C56)</f>
         <v>0</v>
       </c>
       <c r="D57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="E57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="F57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="G57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
@@ -17731,483 +17755,483 @@
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="J57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="K57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="L57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="M57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="N57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="O57" s="52"/>
     </row>
-    <row r="58" spans="1:15" ht="7" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="58" spans="1:15" ht="6.95" customHeight="1" thickBot="1">
       <c r="A58" s="9"/>
       <c r="B58" s="12"/>
       <c r="C58" s="3"/>
       <c r="D58" s="3"/>
       <c r="E58" s="3"/>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
       <c r="H58" s="3"/>
       <c r="I58" s="3"/>
       <c r="J58" s="3"/>
       <c r="K58" s="3"/>
       <c r="L58" s="3"/>
       <c r="M58" s="3"/>
       <c r="N58" s="3"/>
     </row>
-    <row r="59" spans="1:15" ht="26.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="59" spans="1:15" ht="26.45" customHeight="1" thickBot="1">
       <c r="A59" s="87" t="s">
-        <v>90</v>
+        <v>60</v>
       </c>
       <c r="B59" s="64" t="str">
         <f>A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="C59" s="65" t="str">
         <f>A9</f>
         <v>Site 2 Name</v>
       </c>
       <c r="D59" s="66" t="str">
         <f>A10</f>
         <v>Site 3 Name</v>
       </c>
       <c r="E59" s="67" t="str">
         <f>A11</f>
         <v>Site 4 Name</v>
       </c>
       <c r="F59" s="68" t="str">
         <f>A12</f>
         <v>Site 5 Name</v>
       </c>
       <c r="G59" s="69" t="str">
         <f>A13</f>
         <v>Site 6 Name</v>
       </c>
       <c r="H59" s="70" t="str">
         <f>A14</f>
         <v>Site 7 Name</v>
       </c>
       <c r="I59" s="71" t="str">
         <f>A15</f>
         <v>Site 8 Name</v>
       </c>
       <c r="J59" s="72" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="K59" s="3"/>
       <c r="L59" s="3"/>
       <c r="M59" s="3"/>
       <c r="N59" s="3"/>
     </row>
-    <row r="60" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:15" ht="12.95" customHeight="1">
       <c r="A60" s="10" t="s">
-        <v>8</v>
+        <v>62</v>
       </c>
       <c r="B60" s="76">
         <f>O20</f>
         <v>0</v>
       </c>
       <c r="C60" s="76">
         <f>O21</f>
         <v>0</v>
       </c>
       <c r="D60" s="76">
         <f>O22</f>
         <v>0</v>
       </c>
       <c r="E60" s="76">
         <f>O23</f>
         <v>0</v>
       </c>
       <c r="F60" s="76">
         <f>O24</f>
         <v>0</v>
       </c>
       <c r="G60" s="76">
         <f>O25</f>
         <v>0</v>
       </c>
       <c r="H60" s="76">
         <f>O26</f>
         <v>0</v>
       </c>
       <c r="I60" s="76">
         <f>O27</f>
         <v>0</v>
       </c>
       <c r="J60" s="77">
         <f>O28</f>
         <v>0</v>
       </c>
       <c r="K60" s="3"/>
       <c r="L60" s="3"/>
       <c r="M60" s="3"/>
       <c r="N60" s="3"/>
     </row>
-    <row r="61" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:15" ht="12.95" customHeight="1">
       <c r="A61" s="11" t="s">
-        <v>9</v>
+        <v>70</v>
       </c>
       <c r="B61" s="4">
         <f>O34</f>
         <v>0</v>
       </c>
       <c r="C61" s="4">
         <f>O35</f>
         <v>0</v>
       </c>
       <c r="D61" s="4">
         <f>O36</f>
         <v>0</v>
       </c>
       <c r="E61" s="4">
         <f>O37</f>
         <v>0</v>
       </c>
       <c r="F61" s="4">
         <f>O38</f>
         <v>0</v>
       </c>
       <c r="G61" s="4">
         <f>O39</f>
         <v>0</v>
       </c>
       <c r="H61" s="4">
         <f>O40</f>
         <v>0</v>
       </c>
       <c r="I61" s="4">
         <f>O41</f>
         <v>0</v>
       </c>
       <c r="J61" s="13">
         <f>O42</f>
         <v>0</v>
       </c>
       <c r="K61" s="3"/>
       <c r="L61" s="3"/>
       <c r="M61" s="3"/>
       <c r="N61" s="3"/>
     </row>
-    <row r="62" spans="1:15" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="62" spans="1:15" ht="12.95" customHeight="1" thickBot="1">
       <c r="A62" s="11" t="s">
-        <v>10</v>
+        <v>74</v>
       </c>
       <c r="B62" s="4">
         <f>O48</f>
         <v>0</v>
       </c>
       <c r="C62" s="4">
         <f>O49</f>
         <v>0</v>
       </c>
       <c r="D62" s="4">
         <f>O50</f>
         <v>0</v>
       </c>
       <c r="E62" s="4">
         <f>O51</f>
         <v>0</v>
       </c>
       <c r="F62" s="4">
         <f>O52</f>
         <v>0</v>
       </c>
       <c r="G62" s="4">
         <f>O53</f>
         <v>0</v>
       </c>
       <c r="H62" s="4">
         <f>O54</f>
         <v>0</v>
       </c>
       <c r="I62" s="4">
         <f>O55</f>
         <v>0</v>
       </c>
       <c r="J62" s="13">
         <f>O56</f>
         <v>0</v>
       </c>
       <c r="K62" s="3"/>
       <c r="L62" s="179" t="s">
-        <v>31</v>
+        <v>75</v>
       </c>
       <c r="M62" s="179"/>
       <c r="N62" s="3"/>
     </row>
-    <row r="63" spans="1:15" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="63" spans="1:15" ht="12.95" customHeight="1" thickBot="1">
       <c r="A63" s="73" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
       <c r="B63" s="74">
         <f t="shared" ref="B63:J63" si="9">(SUM(B60:B62)/(COUNTA(B60:B62)))</f>
         <v>0</v>
       </c>
       <c r="C63" s="74">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="D63" s="74">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="E63" s="74">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="F63" s="74">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="G63" s="74">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="H63" s="74">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="I63" s="74">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="J63" s="75">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="K63" s="56">
         <f>SUM(B63:J63)</f>
         <v>0</v>
       </c>
       <c r="L63" s="179"/>
       <c r="M63" s="179"/>
       <c r="N63" s="91"/>
     </row>
-    <row r="64" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:15" ht="12.95" customHeight="1">
       <c r="A64" s="60" t="s">
-        <v>33</v>
+        <v>64</v>
       </c>
       <c r="B64" s="3"/>
       <c r="C64" s="3"/>
       <c r="D64" s="3"/>
       <c r="E64" s="3"/>
       <c r="F64" s="3"/>
       <c r="H64" s="3"/>
       <c r="I64" s="3"/>
       <c r="J64" s="3"/>
       <c r="K64" s="5"/>
       <c r="L64" s="3"/>
       <c r="M64" s="3"/>
       <c r="N64" s="3"/>
     </row>
-    <row r="65" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:15" ht="12.95" customHeight="1">
       <c r="A65" s="2"/>
       <c r="B65" s="3"/>
       <c r="C65" s="3"/>
       <c r="D65" s="3"/>
       <c r="E65" s="3"/>
       <c r="F65" s="3"/>
       <c r="G65" s="3"/>
       <c r="H65" s="3"/>
       <c r="I65" s="3"/>
       <c r="J65" s="3"/>
       <c r="K65" s="3"/>
       <c r="L65" s="3"/>
       <c r="M65" s="3"/>
       <c r="N65" s="3"/>
     </row>
-    <row r="66" spans="1:15" ht="14.6" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="66" spans="1:15" ht="14.45" thickBot="1">
       <c r="A66" s="116" t="s">
-        <v>6</v>
+        <v>65</v>
       </c>
       <c r="B66" s="3"/>
       <c r="C66" s="3"/>
       <c r="D66" s="3"/>
       <c r="E66" s="3"/>
       <c r="F66" s="3"/>
       <c r="G66" s="3"/>
       <c r="H66" s="3"/>
       <c r="I66" s="3"/>
       <c r="J66" s="3"/>
       <c r="K66" s="3"/>
       <c r="L66" s="3"/>
       <c r="M66" s="3"/>
       <c r="N66" s="3"/>
     </row>
-    <row r="67" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:15">
       <c r="A67" s="81"/>
       <c r="B67" s="82"/>
       <c r="C67" s="82"/>
       <c r="D67" s="82"/>
       <c r="E67" s="82"/>
       <c r="F67" s="82"/>
       <c r="G67" s="82"/>
       <c r="H67" s="82"/>
       <c r="I67" s="82"/>
       <c r="J67" s="82"/>
       <c r="K67" s="82"/>
       <c r="L67" s="82"/>
       <c r="M67" s="82"/>
       <c r="N67" s="82"/>
       <c r="O67" s="88"/>
     </row>
-    <row r="68" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:15">
       <c r="A68" s="83"/>
       <c r="B68" s="57"/>
       <c r="C68" s="57"/>
       <c r="D68" s="57"/>
       <c r="E68" s="57"/>
       <c r="F68" s="57"/>
       <c r="G68" s="57"/>
       <c r="H68" s="57"/>
       <c r="I68" s="57"/>
       <c r="J68" s="57"/>
       <c r="K68" s="57"/>
       <c r="L68" s="57"/>
       <c r="M68" s="57"/>
       <c r="N68" s="57"/>
       <c r="O68" s="89"/>
     </row>
-    <row r="69" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="69" spans="1:15">
       <c r="A69" s="84"/>
       <c r="B69" s="58"/>
       <c r="C69" s="58"/>
       <c r="D69" s="58"/>
       <c r="E69" s="58"/>
       <c r="F69" s="58"/>
       <c r="G69" s="58"/>
       <c r="H69" s="58"/>
       <c r="I69" s="58"/>
       <c r="J69" s="58"/>
       <c r="K69" s="58"/>
       <c r="L69" s="58"/>
       <c r="M69" s="58"/>
       <c r="N69" s="58"/>
       <c r="O69" s="89"/>
     </row>
-    <row r="70" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:15">
       <c r="A70" s="83"/>
       <c r="B70" s="57"/>
       <c r="C70" s="57"/>
       <c r="D70" s="57"/>
       <c r="E70" s="57"/>
       <c r="F70" s="57"/>
       <c r="G70" s="57"/>
       <c r="H70" s="57"/>
       <c r="I70" s="57"/>
       <c r="J70" s="57"/>
       <c r="K70" s="57"/>
       <c r="L70" s="57"/>
       <c r="M70" s="57"/>
       <c r="N70" s="57"/>
       <c r="O70" s="89"/>
     </row>
-    <row r="71" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:15">
       <c r="A71" s="83"/>
       <c r="B71" s="57"/>
       <c r="C71" s="57"/>
       <c r="D71" s="57"/>
       <c r="E71" s="57"/>
       <c r="F71" s="57"/>
       <c r="G71" s="57"/>
       <c r="H71" s="57"/>
       <c r="I71" s="57"/>
       <c r="J71" s="57"/>
       <c r="K71" s="57"/>
       <c r="L71" s="57"/>
       <c r="M71" s="57"/>
       <c r="N71" s="57"/>
       <c r="O71" s="89"/>
     </row>
-    <row r="72" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="72" spans="1:15">
       <c r="A72" s="83"/>
       <c r="B72" s="57"/>
       <c r="C72" s="57"/>
       <c r="D72" s="57"/>
       <c r="E72" s="57"/>
       <c r="F72" s="57"/>
       <c r="G72" s="57"/>
       <c r="H72" s="57"/>
       <c r="I72" s="57"/>
       <c r="J72" s="57"/>
       <c r="K72" s="57"/>
       <c r="L72" s="57"/>
       <c r="M72" s="57"/>
       <c r="N72" s="57"/>
       <c r="O72" s="89"/>
     </row>
-    <row r="73" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:15">
       <c r="A73" s="83"/>
       <c r="B73" s="57"/>
       <c r="C73" s="57"/>
       <c r="D73" s="57"/>
       <c r="E73" s="57"/>
       <c r="F73" s="57"/>
       <c r="G73" s="57"/>
       <c r="H73" s="57"/>
       <c r="I73" s="57"/>
       <c r="J73" s="57"/>
       <c r="K73" s="57"/>
       <c r="L73" s="57"/>
       <c r="M73" s="57"/>
       <c r="N73" s="57"/>
       <c r="O73" s="89"/>
     </row>
-    <row r="74" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="74" spans="1:15">
       <c r="A74" s="83"/>
       <c r="B74" s="57"/>
       <c r="C74" s="57"/>
       <c r="D74" s="57"/>
       <c r="E74" s="57"/>
       <c r="F74" s="57"/>
       <c r="G74" s="57"/>
       <c r="H74" s="57"/>
       <c r="I74" s="57"/>
       <c r="J74" s="57"/>
       <c r="K74" s="57"/>
       <c r="L74" s="57"/>
       <c r="M74" s="57"/>
       <c r="N74" s="57"/>
       <c r="O74" s="89"/>
     </row>
-    <row r="75" spans="1:15" ht="14.6" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="75" spans="1:15" ht="14.45" thickBot="1">
       <c r="A75" s="85"/>
       <c r="B75" s="86"/>
       <c r="C75" s="86"/>
       <c r="D75" s="86"/>
       <c r="E75" s="86"/>
       <c r="F75" s="86"/>
       <c r="G75" s="86"/>
       <c r="H75" s="86"/>
       <c r="I75" s="86"/>
       <c r="J75" s="86"/>
       <c r="K75" s="86"/>
       <c r="L75" s="86"/>
       <c r="M75" s="86"/>
       <c r="N75" s="86"/>
       <c r="O75" s="90"/>
     </row>
   </sheetData>
   <mergeCells count="50">
     <mergeCell ref="L13:N13"/>
     <mergeCell ref="L14:N14"/>
     <mergeCell ref="L15:N15"/>
     <mergeCell ref="L8:N8"/>
     <mergeCell ref="L9:N9"/>
     <mergeCell ref="L10:N10"/>
     <mergeCell ref="L11:N11"/>
@@ -18287,648 +18311,642 @@
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Program Name" prompt="Enter the name of your program as it appears in ADS." sqref="C4:N4" xr:uid="{4C07B6DF-6D8B-4177-96A9-AD4A01113AEA}"/>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="A2:O2" location="Instructions!A1" display="Follow the ACGME Rural Track Program Block Diagram Instructions to complete this template. " xr:uid="{6E593B6B-FD18-4FFD-AD90-6A9220B49193}"/>
   </hyperlinks>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0.3" footer="0.3"/>
   <pageSetup scale="84" orientation="landscape" verticalDpi="1200" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="44" max="14" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{16D11E0C-BBC6-4AF4-A8F7-C243F476FFAC}">
   <sheetPr>
     <tabColor rgb="FF622F7C"/>
   </sheetPr>
   <dimension ref="A1:O75"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:N2"/>
+      <selection activeCell="H15" sqref="H15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0.84375" defaultRowHeight="14.15" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0.85546875" defaultRowHeight="14.1"/>
   <cols>
-    <col min="1" max="1" width="20.3828125" style="39" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="15" max="16384" width="0.84375" style="39"/>
+    <col min="1" max="1" width="22.42578125" style="39" customWidth="1"/>
+    <col min="2" max="14" width="11.28515625" style="39" customWidth="1"/>
+    <col min="15" max="16384" width="0.85546875" style="39"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:14" ht="25.5" customHeight="1">
       <c r="A1" s="145" t="s">
-        <v>65</v>
+        <v>76</v>
       </c>
       <c r="B1" s="145"/>
       <c r="C1" s="145"/>
       <c r="D1" s="145"/>
       <c r="E1" s="145"/>
       <c r="F1" s="145"/>
       <c r="G1" s="145"/>
       <c r="H1" s="145"/>
       <c r="I1" s="145"/>
       <c r="J1" s="145"/>
       <c r="K1" s="145"/>
       <c r="L1" s="145"/>
       <c r="M1" s="145"/>
       <c r="N1" s="145"/>
     </row>
-    <row r="2" spans="1:14" ht="15" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:14" ht="15.6">
       <c r="A2" s="146" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="B2" s="146"/>
       <c r="C2" s="146"/>
       <c r="D2" s="146"/>
       <c r="E2" s="146"/>
       <c r="F2" s="146"/>
       <c r="G2" s="146"/>
       <c r="H2" s="146"/>
       <c r="I2" s="146"/>
       <c r="J2" s="146"/>
       <c r="K2" s="146"/>
       <c r="L2" s="146"/>
       <c r="M2" s="146"/>
       <c r="N2" s="146"/>
     </row>
-    <row r="3" spans="1:14" ht="11.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A3" s="63"/>
       <c r="B3" s="63"/>
       <c r="C3" s="63"/>
       <c r="D3" s="63"/>
       <c r="E3" s="63"/>
       <c r="F3" s="63"/>
       <c r="G3" s="63"/>
       <c r="H3" s="63"/>
       <c r="I3" s="63"/>
       <c r="J3" s="63"/>
       <c r="K3" s="63"/>
       <c r="L3" s="63"/>
       <c r="M3" s="63"/>
       <c r="N3" s="63"/>
     </row>
-    <row r="4" spans="1:14" ht="18" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="4" spans="1:14" ht="18.600000000000001" thickBot="1">
       <c r="A4" s="147" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B4" s="148"/>
       <c r="C4" s="149" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="D4" s="149"/>
       <c r="E4" s="149"/>
       <c r="F4" s="149"/>
       <c r="G4" s="149"/>
       <c r="H4" s="149"/>
       <c r="I4" s="149"/>
       <c r="J4" s="149"/>
       <c r="K4" s="149"/>
       <c r="L4" s="149"/>
       <c r="M4" s="151"/>
       <c r="N4" s="38"/>
     </row>
-    <row r="5" spans="1:14" ht="7" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="1:14" ht="6.95" customHeight="1" thickBot="1">
       <c r="A5" s="40"/>
       <c r="B5" s="40"/>
       <c r="C5" s="41"/>
       <c r="D5" s="41"/>
       <c r="E5" s="41"/>
       <c r="F5" s="41"/>
       <c r="G5" s="41"/>
       <c r="H5" s="41"/>
       <c r="I5" s="41"/>
       <c r="J5" s="41"/>
       <c r="K5" s="41"/>
       <c r="L5" s="41"/>
       <c r="M5" s="41"/>
       <c r="N5" s="38"/>
     </row>
-    <row r="6" spans="1:14" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:14" ht="18" customHeight="1" thickBot="1">
       <c r="A6" s="61" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="B6" s="12" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C6" s="41"/>
       <c r="D6" s="41"/>
       <c r="E6" s="41"/>
       <c r="F6" s="41"/>
       <c r="G6" s="41"/>
       <c r="H6" s="41"/>
       <c r="I6" s="41"/>
       <c r="J6" s="41"/>
       <c r="K6" s="41"/>
       <c r="L6" s="152" t="s">
-        <v>79</v>
+        <v>37</v>
       </c>
       <c r="M6" s="153"/>
       <c r="N6" s="154"/>
     </row>
-    <row r="7" spans="1:14" ht="24.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="7" spans="1:14" ht="24.6" customHeight="1" thickBot="1">
       <c r="A7" s="29" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="B7" s="158" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="C7" s="158"/>
       <c r="D7" s="158" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="E7" s="158"/>
       <c r="F7" s="158" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="G7" s="158"/>
       <c r="H7" s="117" t="s">
-        <v>75</v>
+        <v>42</v>
       </c>
       <c r="I7" s="117" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="J7" s="159" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="K7" s="160"/>
       <c r="L7" s="155"/>
       <c r="M7" s="156"/>
       <c r="N7" s="157"/>
     </row>
-    <row r="8" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:14" ht="15.6" customHeight="1">
       <c r="A8" s="30" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="B8" s="168"/>
       <c r="C8" s="168"/>
       <c r="D8" s="169"/>
       <c r="E8" s="169"/>
       <c r="F8" s="169"/>
       <c r="G8" s="169"/>
       <c r="H8" s="25"/>
       <c r="I8" s="25"/>
       <c r="J8" s="170"/>
       <c r="K8" s="171"/>
       <c r="L8" s="172"/>
       <c r="M8" s="173"/>
       <c r="N8" s="174"/>
     </row>
-    <row r="9" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:14" ht="15.6" customHeight="1">
       <c r="A9" s="31" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="B9" s="161"/>
       <c r="C9" s="161"/>
       <c r="D9" s="162"/>
       <c r="E9" s="162"/>
       <c r="F9" s="162"/>
       <c r="G9" s="162"/>
       <c r="H9" s="27"/>
       <c r="I9" s="27"/>
       <c r="J9" s="163"/>
       <c r="K9" s="164"/>
       <c r="L9" s="165"/>
       <c r="M9" s="166"/>
       <c r="N9" s="167"/>
     </row>
-    <row r="10" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:14" ht="15.6" customHeight="1">
       <c r="A10" s="32" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="B10" s="176"/>
       <c r="C10" s="176"/>
       <c r="D10" s="162"/>
       <c r="E10" s="162"/>
       <c r="F10" s="162"/>
       <c r="G10" s="162"/>
       <c r="H10" s="27"/>
       <c r="I10" s="27"/>
       <c r="J10" s="163"/>
       <c r="K10" s="164"/>
       <c r="L10" s="165"/>
       <c r="M10" s="166"/>
       <c r="N10" s="167"/>
     </row>
-    <row r="11" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:14" ht="15.6" customHeight="1">
       <c r="A11" s="33" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="B11" s="175"/>
       <c r="C11" s="175"/>
       <c r="D11" s="162"/>
       <c r="E11" s="162"/>
       <c r="F11" s="162"/>
       <c r="G11" s="162"/>
       <c r="H11" s="27"/>
       <c r="I11" s="27"/>
       <c r="J11" s="163"/>
       <c r="K11" s="164"/>
       <c r="L11" s="165"/>
       <c r="M11" s="166"/>
       <c r="N11" s="167"/>
     </row>
-    <row r="12" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:14" ht="15.6" customHeight="1">
       <c r="A12" s="34" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="B12" s="178"/>
       <c r="C12" s="178"/>
       <c r="D12" s="162"/>
       <c r="E12" s="162"/>
       <c r="F12" s="162"/>
       <c r="G12" s="162"/>
       <c r="H12" s="27"/>
       <c r="I12" s="27"/>
       <c r="J12" s="163"/>
       <c r="K12" s="164"/>
       <c r="L12" s="165"/>
       <c r="M12" s="166"/>
       <c r="N12" s="167"/>
     </row>
-    <row r="13" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:14" ht="15.6" customHeight="1">
       <c r="A13" s="35" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="B13" s="177"/>
       <c r="C13" s="177"/>
       <c r="D13" s="162"/>
       <c r="E13" s="162"/>
       <c r="F13" s="162"/>
       <c r="G13" s="162"/>
       <c r="H13" s="27"/>
       <c r="I13" s="27"/>
       <c r="J13" s="163"/>
       <c r="K13" s="164"/>
       <c r="L13" s="165"/>
       <c r="M13" s="166"/>
       <c r="N13" s="167"/>
     </row>
-    <row r="14" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:14" ht="15.6" customHeight="1">
       <c r="A14" s="36" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="B14" s="180"/>
       <c r="C14" s="180"/>
       <c r="D14" s="162"/>
       <c r="E14" s="162"/>
       <c r="F14" s="162"/>
       <c r="G14" s="162"/>
       <c r="H14" s="27"/>
       <c r="I14" s="27"/>
       <c r="J14" s="163"/>
       <c r="K14" s="164"/>
       <c r="L14" s="165"/>
       <c r="M14" s="166"/>
       <c r="N14" s="167"/>
     </row>
-    <row r="15" spans="1:14" ht="15.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="15" spans="1:14" ht="15.6" customHeight="1" thickBot="1">
       <c r="A15" s="37" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="B15" s="181"/>
       <c r="C15" s="181"/>
       <c r="D15" s="182"/>
       <c r="E15" s="182"/>
       <c r="F15" s="182"/>
       <c r="G15" s="182"/>
       <c r="H15" s="28"/>
       <c r="I15" s="28"/>
       <c r="J15" s="183"/>
       <c r="K15" s="184"/>
       <c r="L15" s="185"/>
       <c r="M15" s="186"/>
       <c r="N15" s="187"/>
     </row>
-    <row r="16" spans="1:14" ht="6.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:14" ht="6.6" customHeight="1">
       <c r="A16" s="42"/>
       <c r="B16" s="38"/>
       <c r="C16" s="38"/>
       <c r="D16" s="38"/>
       <c r="E16" s="38"/>
       <c r="F16" s="38"/>
       <c r="G16" s="38"/>
       <c r="H16" s="38"/>
       <c r="I16" s="38"/>
       <c r="J16" s="38"/>
       <c r="K16" s="38"/>
       <c r="L16" s="38"/>
       <c r="M16" s="38"/>
       <c r="N16" s="38"/>
     </row>
-    <row r="17" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:14" ht="12.95" customHeight="1">
       <c r="A17" s="59" t="s">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="B17" s="62" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6"/>
       <c r="E17" s="6"/>
       <c r="F17" s="6"/>
       <c r="G17" s="6"/>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="6"/>
       <c r="N17" s="38"/>
     </row>
-    <row r="18" spans="1:14" s="43" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="18" spans="1:14" s="43" customFormat="1" ht="12.95" customHeight="1" thickBot="1">
       <c r="A18" s="7" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="B18" s="1">
         <v>1</v>
       </c>
       <c r="C18" s="1">
         <v>2</v>
       </c>
       <c r="D18" s="1">
         <v>3</v>
       </c>
       <c r="E18" s="1">
         <v>4</v>
       </c>
       <c r="F18" s="1">
         <v>5</v>
       </c>
       <c r="G18" s="1">
         <v>6</v>
       </c>
       <c r="H18" s="1">
         <v>7</v>
       </c>
       <c r="I18" s="1">
         <v>8</v>
       </c>
       <c r="J18" s="1">
         <v>9</v>
       </c>
       <c r="K18" s="1">
         <v>10</v>
       </c>
       <c r="L18" s="1">
         <v>11</v>
       </c>
       <c r="M18" s="1">
         <v>12</v>
       </c>
       <c r="N18" s="42" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14" s="43" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" s="43" customFormat="1" ht="12.95" customHeight="1">
       <c r="A19" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B19" s="25"/>
       <c r="C19" s="25"/>
       <c r="D19" s="25"/>
       <c r="E19" s="25"/>
       <c r="F19" s="25"/>
       <c r="G19" s="25"/>
       <c r="H19" s="25"/>
       <c r="I19" s="25"/>
       <c r="J19" s="25"/>
       <c r="K19" s="25"/>
       <c r="L19" s="25"/>
       <c r="M19" s="25"/>
       <c r="N19" s="42"/>
     </row>
-    <row r="20" spans="1:14" s="43" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:14" s="43" customFormat="1" ht="12.95" customHeight="1">
       <c r="A20" s="16" t="str">
         <f t="shared" ref="A20:A27" si="0">A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="B20" s="94"/>
       <c r="C20" s="94"/>
       <c r="D20" s="94"/>
       <c r="E20" s="94"/>
       <c r="F20" s="94"/>
       <c r="G20" s="94"/>
       <c r="H20" s="94"/>
       <c r="I20" s="94"/>
       <c r="J20" s="94"/>
       <c r="K20" s="94"/>
       <c r="L20" s="94"/>
       <c r="M20" s="94"/>
       <c r="N20" s="44">
         <f>(SUM(B20:M20)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:14" s="43" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:14" s="43" customFormat="1" ht="12.95" customHeight="1">
       <c r="A21" s="15" t="str">
         <f t="shared" si="0"/>
         <v>Site 2 Name</v>
       </c>
       <c r="B21" s="94"/>
       <c r="C21" s="94"/>
       <c r="D21" s="94"/>
       <c r="E21" s="94"/>
       <c r="F21" s="94"/>
       <c r="G21" s="94"/>
       <c r="H21" s="94"/>
       <c r="I21" s="94"/>
       <c r="J21" s="94"/>
       <c r="K21" s="94"/>
       <c r="L21" s="94"/>
       <c r="M21" s="94"/>
       <c r="N21" s="45">
         <f>(SUM(B21:M21)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:14" ht="12.95" customHeight="1">
       <c r="A22" s="14" t="str">
         <f t="shared" si="0"/>
         <v>Site 3 Name</v>
       </c>
       <c r="B22" s="94"/>
       <c r="C22" s="94"/>
       <c r="D22" s="94"/>
       <c r="E22" s="94"/>
       <c r="F22" s="94"/>
       <c r="G22" s="94"/>
       <c r="H22" s="94"/>
       <c r="I22" s="94"/>
       <c r="J22" s="94"/>
       <c r="K22" s="94"/>
       <c r="L22" s="94"/>
       <c r="M22" s="94"/>
       <c r="N22" s="46">
         <f t="shared" ref="N22:N28" si="1">(SUM(B22:M22)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:14" ht="12.95" customHeight="1">
       <c r="A23" s="17" t="str">
         <f t="shared" si="0"/>
         <v>Site 4 Name</v>
       </c>
       <c r="B23" s="94"/>
       <c r="C23" s="94"/>
       <c r="D23" s="94"/>
       <c r="E23" s="94"/>
       <c r="F23" s="94"/>
       <c r="G23" s="94"/>
       <c r="H23" s="94"/>
       <c r="I23" s="94"/>
       <c r="J23" s="94"/>
       <c r="K23" s="94"/>
       <c r="L23" s="94"/>
       <c r="M23" s="94"/>
       <c r="N23" s="47">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:14" ht="12.95" customHeight="1">
       <c r="A24" s="18" t="str">
         <f t="shared" si="0"/>
         <v>Site 5 Name</v>
       </c>
       <c r="B24" s="94"/>
       <c r="C24" s="94"/>
       <c r="D24" s="94"/>
       <c r="E24" s="94"/>
       <c r="F24" s="94"/>
       <c r="G24" s="94"/>
       <c r="H24" s="94"/>
       <c r="I24" s="94"/>
       <c r="J24" s="94"/>
       <c r="K24" s="94"/>
       <c r="L24" s="94"/>
       <c r="M24" s="94"/>
       <c r="N24" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:14" ht="12.95" customHeight="1">
       <c r="A25" s="19" t="str">
         <f t="shared" si="0"/>
         <v>Site 6 Name</v>
       </c>
       <c r="B25" s="94"/>
       <c r="C25" s="94"/>
       <c r="D25" s="94"/>
       <c r="E25" s="94"/>
       <c r="F25" s="94"/>
       <c r="G25" s="94"/>
       <c r="H25" s="94"/>
       <c r="I25" s="94"/>
       <c r="J25" s="94"/>
       <c r="K25" s="94"/>
       <c r="L25" s="94"/>
       <c r="M25" s="94"/>
       <c r="N25" s="49">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:14" ht="12.95" customHeight="1">
       <c r="A26" s="20" t="str">
         <f t="shared" si="0"/>
         <v>Site 7 Name</v>
       </c>
       <c r="B26" s="94"/>
       <c r="C26" s="94"/>
       <c r="D26" s="94"/>
       <c r="E26" s="94"/>
       <c r="F26" s="94"/>
       <c r="G26" s="94"/>
       <c r="H26" s="94"/>
       <c r="I26" s="94"/>
       <c r="J26" s="94"/>
       <c r="K26" s="94"/>
       <c r="L26" s="94"/>
       <c r="M26" s="94"/>
       <c r="N26" s="50">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:14" ht="12.95" customHeight="1">
       <c r="A27" s="21" t="str">
         <f t="shared" si="0"/>
         <v>Site 8 Name</v>
       </c>
       <c r="B27" s="94"/>
       <c r="C27" s="94"/>
       <c r="D27" s="94"/>
       <c r="E27" s="94"/>
       <c r="F27" s="94"/>
       <c r="G27" s="94"/>
       <c r="H27" s="94"/>
       <c r="I27" s="94"/>
       <c r="J27" s="94"/>
       <c r="K27" s="94"/>
       <c r="L27" s="94"/>
       <c r="M27" s="94"/>
       <c r="N27" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:14" ht="12.95" customHeight="1">
       <c r="A28" s="22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="B28" s="94"/>
       <c r="C28" s="94"/>
       <c r="D28" s="94"/>
       <c r="E28" s="94"/>
       <c r="F28" s="94"/>
       <c r="G28" s="94"/>
       <c r="H28" s="94"/>
       <c r="I28" s="94"/>
       <c r="J28" s="94"/>
       <c r="K28" s="94"/>
       <c r="L28" s="94"/>
       <c r="M28" s="94"/>
       <c r="N28" s="52">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:14" ht="12.95" customHeight="1">
       <c r="A29" s="92" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B29" s="93">
         <f>SUM(B20:B28)</f>
         <v>0</v>
       </c>
       <c r="C29" s="93">
         <f t="shared" ref="C29:M29" si="2">SUM(C20:C28)</f>
         <v>0</v>
       </c>
       <c r="D29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="E29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="F29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="G29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
@@ -18936,348 +18954,348 @@
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="I29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="N29" s="52"/>
     </row>
-    <row r="30" spans="1:14" ht="7" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:14" ht="6.95" customHeight="1">
       <c r="A30" s="23"/>
       <c r="B30" s="24"/>
       <c r="C30" s="24"/>
       <c r="D30" s="24"/>
       <c r="E30" s="24"/>
       <c r="F30" s="24"/>
       <c r="G30" s="24"/>
       <c r="H30" s="24"/>
       <c r="I30" s="24"/>
       <c r="J30" s="24"/>
       <c r="K30" s="24"/>
       <c r="L30" s="24"/>
       <c r="M30" s="24"/>
       <c r="N30" s="53"/>
     </row>
-    <row r="31" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:14" ht="12.95" customHeight="1">
       <c r="A31" s="59" t="s">
-        <v>2</v>
+        <v>69</v>
       </c>
       <c r="B31" s="62" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3"/>
       <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="3"/>
       <c r="J31" s="3"/>
       <c r="K31" s="3"/>
       <c r="L31" s="3"/>
       <c r="M31" s="3"/>
       <c r="N31" s="38"/>
     </row>
-    <row r="32" spans="1:14" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="32" spans="1:14" ht="12.95" customHeight="1" thickBot="1">
       <c r="A32" s="7" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="B32" s="1">
         <v>1</v>
       </c>
       <c r="C32" s="1">
         <v>2</v>
       </c>
       <c r="D32" s="1">
         <v>3</v>
       </c>
       <c r="E32" s="1">
         <v>4</v>
       </c>
       <c r="F32" s="1">
         <v>5</v>
       </c>
       <c r="G32" s="1">
         <v>6</v>
       </c>
       <c r="H32" s="1">
         <v>7</v>
       </c>
       <c r="I32" s="1">
         <v>8</v>
       </c>
       <c r="J32" s="1">
         <v>9</v>
       </c>
       <c r="K32" s="1">
         <v>10</v>
       </c>
       <c r="L32" s="1">
         <v>11</v>
       </c>
       <c r="M32" s="1">
         <v>12</v>
       </c>
       <c r="N32" s="42" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="33" spans="1:15" ht="12.95" customHeight="1">
       <c r="A33" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B33" s="25"/>
       <c r="C33" s="25"/>
       <c r="D33" s="25"/>
       <c r="E33" s="25"/>
       <c r="F33" s="25"/>
       <c r="G33" s="25"/>
       <c r="H33" s="25"/>
       <c r="I33" s="25"/>
       <c r="J33" s="25"/>
       <c r="K33" s="25"/>
       <c r="L33" s="25"/>
       <c r="M33" s="25"/>
       <c r="N33" s="42"/>
     </row>
-    <row r="34" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:15" ht="12.95" customHeight="1">
       <c r="A34" s="16" t="str">
         <f t="shared" ref="A34:A41" si="3">A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="B34" s="26"/>
       <c r="C34" s="94"/>
       <c r="D34" s="94"/>
       <c r="E34" s="94"/>
       <c r="F34" s="94"/>
       <c r="G34" s="94"/>
       <c r="H34" s="94"/>
       <c r="I34" s="94"/>
       <c r="J34" s="94"/>
       <c r="K34" s="94"/>
       <c r="L34" s="94"/>
       <c r="M34" s="94"/>
       <c r="N34" s="44">
         <f>(SUM(B34:M34)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:15" ht="12.95" customHeight="1">
       <c r="A35" s="15" t="str">
         <f t="shared" si="3"/>
         <v>Site 2 Name</v>
       </c>
       <c r="B35" s="26"/>
       <c r="C35" s="94"/>
       <c r="D35" s="94"/>
       <c r="E35" s="94"/>
       <c r="F35" s="94"/>
       <c r="G35" s="94"/>
       <c r="H35" s="94"/>
       <c r="I35" s="94"/>
       <c r="J35" s="94"/>
       <c r="K35" s="94"/>
       <c r="L35" s="94"/>
       <c r="M35" s="94"/>
       <c r="N35" s="45">
         <f>(SUM(B35:M35)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:15" ht="12.95" customHeight="1">
       <c r="A36" s="14" t="str">
         <f t="shared" si="3"/>
         <v>Site 3 Name</v>
       </c>
       <c r="B36" s="94"/>
       <c r="C36" s="94"/>
       <c r="D36" s="94"/>
       <c r="E36" s="94"/>
       <c r="F36" s="94"/>
       <c r="G36" s="94"/>
       <c r="H36" s="94"/>
       <c r="I36" s="94"/>
       <c r="J36" s="94"/>
       <c r="K36" s="94"/>
       <c r="L36" s="94"/>
       <c r="M36" s="94"/>
       <c r="N36" s="46">
         <f t="shared" ref="N36:N42" si="4">(SUM(B36:M36)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:15" ht="12.95" customHeight="1">
       <c r="A37" s="17" t="str">
         <f t="shared" si="3"/>
         <v>Site 4 Name</v>
       </c>
       <c r="B37" s="94"/>
       <c r="C37" s="94"/>
       <c r="D37" s="94"/>
       <c r="E37" s="94"/>
       <c r="F37" s="94"/>
       <c r="G37" s="94"/>
       <c r="H37" s="94"/>
       <c r="I37" s="94"/>
       <c r="J37" s="94"/>
       <c r="K37" s="94"/>
       <c r="L37" s="94"/>
       <c r="M37" s="94"/>
       <c r="N37" s="47">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:15" ht="12.95" customHeight="1">
       <c r="A38" s="18" t="str">
         <f t="shared" si="3"/>
         <v>Site 5 Name</v>
       </c>
       <c r="B38" s="94"/>
       <c r="C38" s="94"/>
       <c r="D38" s="94"/>
       <c r="E38" s="94"/>
       <c r="F38" s="94"/>
       <c r="G38" s="94"/>
       <c r="H38" s="94"/>
       <c r="I38" s="94"/>
       <c r="J38" s="94"/>
       <c r="K38" s="94"/>
       <c r="L38" s="94"/>
       <c r="M38" s="94"/>
       <c r="N38" s="48">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:15" ht="12.95" customHeight="1">
       <c r="A39" s="19" t="str">
         <f t="shared" si="3"/>
         <v>Site 6 Name</v>
       </c>
       <c r="B39" s="94"/>
       <c r="C39" s="94"/>
       <c r="D39" s="94"/>
       <c r="E39" s="94"/>
       <c r="F39" s="94"/>
       <c r="G39" s="94"/>
       <c r="H39" s="94"/>
       <c r="I39" s="94"/>
       <c r="J39" s="94"/>
       <c r="K39" s="94"/>
       <c r="L39" s="94"/>
       <c r="M39" s="94"/>
       <c r="N39" s="49">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:15" ht="12.95" customHeight="1">
       <c r="A40" s="20" t="str">
         <f t="shared" si="3"/>
         <v>Site 7 Name</v>
       </c>
       <c r="B40" s="94"/>
       <c r="C40" s="94"/>
       <c r="D40" s="94"/>
       <c r="E40" s="94"/>
       <c r="F40" s="94"/>
       <c r="G40" s="94"/>
       <c r="H40" s="94"/>
       <c r="I40" s="94"/>
       <c r="J40" s="94"/>
       <c r="K40" s="94"/>
       <c r="L40" s="94"/>
       <c r="M40" s="94"/>
       <c r="N40" s="50">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:15" ht="12.95" customHeight="1">
       <c r="A41" s="21" t="str">
         <f t="shared" si="3"/>
         <v>Site 8 Name</v>
       </c>
       <c r="B41" s="94"/>
       <c r="C41" s="94"/>
       <c r="D41" s="94"/>
       <c r="E41" s="94"/>
       <c r="F41" s="94"/>
       <c r="G41" s="94"/>
       <c r="H41" s="94"/>
       <c r="I41" s="94"/>
       <c r="J41" s="94"/>
       <c r="K41" s="94"/>
       <c r="L41" s="94"/>
       <c r="M41" s="94"/>
       <c r="N41" s="51">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:15" ht="12.95" customHeight="1">
       <c r="A42" s="22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="B42" s="94"/>
       <c r="C42" s="94"/>
       <c r="D42" s="94"/>
       <c r="E42" s="94"/>
       <c r="F42" s="94"/>
       <c r="G42" s="94"/>
       <c r="H42" s="94"/>
       <c r="I42" s="94"/>
       <c r="J42" s="94"/>
       <c r="K42" s="94"/>
       <c r="L42" s="94"/>
       <c r="M42" s="94"/>
       <c r="N42" s="52">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:15" ht="12.95" customHeight="1">
       <c r="A43" s="92" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B43" s="93">
         <f>SUM(B34:B42)</f>
         <v>0</v>
       </c>
       <c r="C43" s="93">
         <f t="shared" ref="C43:M43" si="5">SUM(C34:C42)</f>
         <v>0</v>
       </c>
       <c r="D43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="E43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="F43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
@@ -19285,349 +19303,349 @@
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="I43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="J43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="K43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="L43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="M43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="N43" s="52"/>
     </row>
-    <row r="44" spans="1:15" ht="7" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:15" ht="6.95" customHeight="1">
       <c r="A44" s="23"/>
       <c r="B44" s="24"/>
       <c r="C44" s="24"/>
       <c r="D44" s="24"/>
       <c r="E44" s="24"/>
       <c r="F44" s="24"/>
       <c r="G44" s="24"/>
       <c r="H44" s="24"/>
       <c r="I44" s="24"/>
       <c r="J44" s="24"/>
       <c r="K44" s="24"/>
       <c r="L44" s="24"/>
       <c r="M44" s="24"/>
       <c r="N44" s="53"/>
       <c r="O44" s="54"/>
     </row>
-    <row r="45" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:15" ht="12.95" customHeight="1">
       <c r="A45" s="59" t="s">
-        <v>3</v>
+        <v>73</v>
       </c>
       <c r="B45" s="62" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
       <c r="M45" s="3"/>
       <c r="N45" s="38"/>
     </row>
-    <row r="46" spans="1:15" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="46" spans="1:15" ht="12.95" customHeight="1" thickBot="1">
       <c r="A46" s="7" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="B46" s="1">
         <v>1</v>
       </c>
       <c r="C46" s="1">
         <v>2</v>
       </c>
       <c r="D46" s="1">
         <v>3</v>
       </c>
       <c r="E46" s="1">
         <v>4</v>
       </c>
       <c r="F46" s="1">
         <v>5</v>
       </c>
       <c r="G46" s="1">
         <v>6</v>
       </c>
       <c r="H46" s="1">
         <v>7</v>
       </c>
       <c r="I46" s="1">
         <v>8</v>
       </c>
       <c r="J46" s="1">
         <v>9</v>
       </c>
       <c r="K46" s="1">
         <v>10</v>
       </c>
       <c r="L46" s="1">
         <v>11</v>
       </c>
       <c r="M46" s="1">
         <v>12</v>
       </c>
       <c r="N46" s="42" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="47" spans="1:15" ht="12.95" customHeight="1">
       <c r="A47" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B47" s="25"/>
       <c r="C47" s="25"/>
       <c r="D47" s="25"/>
       <c r="E47" s="25"/>
       <c r="F47" s="25"/>
       <c r="G47" s="25"/>
       <c r="H47" s="25"/>
       <c r="I47" s="25"/>
       <c r="J47" s="25"/>
       <c r="K47" s="25"/>
       <c r="L47" s="25"/>
       <c r="M47" s="25"/>
       <c r="N47" s="42"/>
     </row>
-    <row r="48" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:15" ht="12.95" customHeight="1">
       <c r="A48" s="16" t="str">
         <f t="shared" ref="A48:A55" si="6">A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="B48" s="94"/>
       <c r="C48" s="94"/>
       <c r="D48" s="94"/>
       <c r="E48" s="94"/>
       <c r="F48" s="94"/>
       <c r="G48" s="94"/>
       <c r="H48" s="94"/>
       <c r="I48" s="94"/>
       <c r="J48" s="94"/>
       <c r="K48" s="94"/>
       <c r="L48" s="94"/>
       <c r="M48" s="94"/>
       <c r="N48" s="44">
         <f>(SUM(B48:M48)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="49" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:14" ht="12.95" customHeight="1">
       <c r="A49" s="15" t="str">
         <f t="shared" si="6"/>
         <v>Site 2 Name</v>
       </c>
       <c r="B49" s="94"/>
       <c r="C49" s="94"/>
       <c r="D49" s="94"/>
       <c r="E49" s="94"/>
       <c r="F49" s="94"/>
       <c r="G49" s="94"/>
       <c r="H49" s="94"/>
       <c r="I49" s="94"/>
       <c r="J49" s="94"/>
       <c r="K49" s="94"/>
       <c r="L49" s="94"/>
       <c r="M49" s="94"/>
       <c r="N49" s="45">
         <f>(SUM(B49:M49)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="50" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:14" ht="12.95" customHeight="1">
       <c r="A50" s="14" t="str">
         <f t="shared" si="6"/>
         <v>Site 3 Name</v>
       </c>
       <c r="B50" s="94"/>
       <c r="C50" s="94"/>
       <c r="D50" s="94"/>
       <c r="E50" s="94"/>
       <c r="F50" s="94"/>
       <c r="G50" s="94"/>
       <c r="H50" s="94"/>
       <c r="I50" s="94"/>
       <c r="J50" s="94"/>
       <c r="K50" s="94"/>
       <c r="L50" s="94"/>
       <c r="M50" s="94"/>
       <c r="N50" s="46">
         <f t="shared" ref="N50:N56" si="7">(SUM(B50:M50)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="51" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:14" ht="12.95" customHeight="1">
       <c r="A51" s="17" t="str">
         <f t="shared" si="6"/>
         <v>Site 4 Name</v>
       </c>
       <c r="B51" s="94"/>
       <c r="C51" s="94"/>
       <c r="D51" s="94"/>
       <c r="E51" s="94"/>
       <c r="F51" s="94"/>
       <c r="G51" s="94"/>
       <c r="H51" s="94"/>
       <c r="I51" s="94"/>
       <c r="J51" s="94"/>
       <c r="K51" s="94"/>
       <c r="L51" s="94"/>
       <c r="M51" s="94"/>
       <c r="N51" s="47">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="52" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:14" ht="12.95" customHeight="1">
       <c r="A52" s="18" t="str">
         <f t="shared" si="6"/>
         <v>Site 5 Name</v>
       </c>
       <c r="B52" s="94"/>
       <c r="C52" s="94"/>
       <c r="D52" s="94"/>
       <c r="E52" s="94"/>
       <c r="F52" s="94"/>
       <c r="G52" s="94"/>
       <c r="H52" s="94"/>
       <c r="I52" s="94"/>
       <c r="J52" s="94"/>
       <c r="K52" s="94"/>
       <c r="L52" s="94"/>
       <c r="M52" s="94"/>
       <c r="N52" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="53" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:14" ht="12.95" customHeight="1">
       <c r="A53" s="19" t="str">
         <f t="shared" si="6"/>
         <v>Site 6 Name</v>
       </c>
       <c r="B53" s="94"/>
       <c r="C53" s="94"/>
       <c r="D53" s="94"/>
       <c r="E53" s="94"/>
       <c r="F53" s="94"/>
       <c r="G53" s="94"/>
       <c r="H53" s="94"/>
       <c r="I53" s="94"/>
       <c r="J53" s="94"/>
       <c r="K53" s="94"/>
       <c r="L53" s="94"/>
       <c r="M53" s="94"/>
       <c r="N53" s="49">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="54" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:14" ht="12.95" customHeight="1">
       <c r="A54" s="20" t="str">
         <f t="shared" si="6"/>
         <v>Site 7 Name</v>
       </c>
       <c r="B54" s="94"/>
       <c r="C54" s="94"/>
       <c r="D54" s="94"/>
       <c r="E54" s="94"/>
       <c r="F54" s="94"/>
       <c r="G54" s="94"/>
       <c r="H54" s="94"/>
       <c r="I54" s="94"/>
       <c r="J54" s="94"/>
       <c r="K54" s="94"/>
       <c r="L54" s="94"/>
       <c r="M54" s="94"/>
       <c r="N54" s="50">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="55" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:14" ht="12.95" customHeight="1">
       <c r="A55" s="21" t="str">
         <f t="shared" si="6"/>
         <v>Site 8 Name</v>
       </c>
       <c r="B55" s="94"/>
       <c r="C55" s="94"/>
       <c r="D55" s="94"/>
       <c r="E55" s="94"/>
       <c r="F55" s="94"/>
       <c r="G55" s="94"/>
       <c r="H55" s="94"/>
       <c r="I55" s="94"/>
       <c r="J55" s="94"/>
       <c r="K55" s="94"/>
       <c r="L55" s="94"/>
       <c r="M55" s="94"/>
       <c r="N55" s="51">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="56" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:14" ht="12.95" customHeight="1">
       <c r="A56" s="22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="B56" s="94"/>
       <c r="C56" s="94"/>
       <c r="D56" s="94"/>
       <c r="E56" s="94"/>
       <c r="F56" s="94"/>
       <c r="G56" s="94"/>
       <c r="H56" s="94"/>
       <c r="I56" s="94"/>
       <c r="J56" s="94"/>
       <c r="K56" s="94"/>
       <c r="L56" s="94"/>
       <c r="M56" s="94"/>
       <c r="N56" s="52">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="57" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:14" ht="12.95" customHeight="1">
       <c r="A57" s="92" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B57" s="93">
         <f>SUM(B48:B56)</f>
         <v>0</v>
       </c>
       <c r="C57" s="93">
         <f t="shared" ref="C57:M57" si="8">SUM(C48:C56)</f>
         <v>0</v>
       </c>
       <c r="D57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="E57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="F57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="G57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
@@ -19635,466 +19653,466 @@
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="I57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="J57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="K57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="L57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="M57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="N57" s="52"/>
     </row>
-    <row r="58" spans="1:14" ht="7" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="58" spans="1:14" ht="6.95" customHeight="1" thickBot="1">
       <c r="A58" s="9"/>
       <c r="B58" s="12"/>
       <c r="C58" s="3"/>
       <c r="D58" s="3"/>
       <c r="E58" s="3"/>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
       <c r="H58" s="3"/>
       <c r="I58" s="3"/>
       <c r="J58" s="3"/>
       <c r="K58" s="3"/>
       <c r="L58" s="3"/>
       <c r="M58" s="3"/>
     </row>
-    <row r="59" spans="1:14" ht="26.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="59" spans="1:14" ht="26.45" customHeight="1" thickBot="1">
       <c r="A59" s="87" t="s">
-        <v>90</v>
+        <v>60</v>
       </c>
       <c r="B59" s="64" t="str">
         <f>A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="C59" s="65" t="str">
         <f>A9</f>
         <v>Site 2 Name</v>
       </c>
       <c r="D59" s="66" t="str">
         <f>A10</f>
         <v>Site 3 Name</v>
       </c>
       <c r="E59" s="67" t="str">
         <f>A11</f>
         <v>Site 4 Name</v>
       </c>
       <c r="F59" s="68" t="str">
         <f>A12</f>
         <v>Site 5 Name</v>
       </c>
       <c r="G59" s="69" t="str">
         <f>A13</f>
         <v>Site 6 Name</v>
       </c>
       <c r="H59" s="70" t="str">
         <f>A14</f>
         <v>Site 7 Name</v>
       </c>
       <c r="I59" s="71" t="str">
         <f>A15</f>
         <v>Site 8 Name</v>
       </c>
       <c r="J59" s="72" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="K59" s="3"/>
       <c r="L59" s="3"/>
       <c r="M59" s="3"/>
     </row>
-    <row r="60" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:14" ht="12.95" customHeight="1">
       <c r="A60" s="10" t="s">
-        <v>8</v>
+        <v>62</v>
       </c>
       <c r="B60" s="76">
         <f>N20</f>
         <v>0</v>
       </c>
       <c r="C60" s="76">
         <f>N21</f>
         <v>0</v>
       </c>
       <c r="D60" s="76">
         <f>N22</f>
         <v>0</v>
       </c>
       <c r="E60" s="76">
         <f>N23</f>
         <v>0</v>
       </c>
       <c r="F60" s="76">
         <f>N24</f>
         <v>0</v>
       </c>
       <c r="G60" s="76">
         <f>N25</f>
         <v>0</v>
       </c>
       <c r="H60" s="76">
         <f>N26</f>
         <v>0</v>
       </c>
       <c r="I60" s="76">
         <f>N27</f>
         <v>0</v>
       </c>
       <c r="J60" s="77">
         <f>N28</f>
         <v>0</v>
       </c>
       <c r="K60" s="3"/>
       <c r="L60" s="3"/>
       <c r="M60" s="3"/>
     </row>
-    <row r="61" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:14" ht="12.95" customHeight="1">
       <c r="A61" s="11" t="s">
-        <v>9</v>
+        <v>70</v>
       </c>
       <c r="B61" s="4">
         <f>N34</f>
         <v>0</v>
       </c>
       <c r="C61" s="4">
         <f>N35</f>
         <v>0</v>
       </c>
       <c r="D61" s="4">
         <f>N36</f>
         <v>0</v>
       </c>
       <c r="E61" s="4">
         <f>N37</f>
         <v>0</v>
       </c>
       <c r="F61" s="4">
         <f>N38</f>
         <v>0</v>
       </c>
       <c r="G61" s="4">
         <f>N39</f>
         <v>0</v>
       </c>
       <c r="H61" s="4">
         <f>N40</f>
         <v>0</v>
       </c>
       <c r="I61" s="4">
         <f>N41</f>
         <v>0</v>
       </c>
       <c r="J61" s="13">
         <f>N42</f>
         <v>0</v>
       </c>
       <c r="K61" s="3"/>
       <c r="L61" s="3"/>
       <c r="M61" s="3"/>
     </row>
-    <row r="62" spans="1:14" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="62" spans="1:14" ht="12.95" customHeight="1" thickBot="1">
       <c r="A62" s="11" t="s">
-        <v>10</v>
+        <v>74</v>
       </c>
       <c r="B62" s="4">
         <f>N48</f>
         <v>0</v>
       </c>
       <c r="C62" s="4">
         <f>N49</f>
         <v>0</v>
       </c>
       <c r="D62" s="4">
         <f>N50</f>
         <v>0</v>
       </c>
       <c r="E62" s="4">
         <f>N51</f>
         <v>0</v>
       </c>
       <c r="F62" s="4">
         <f>N52</f>
         <v>0</v>
       </c>
       <c r="G62" s="4">
         <f>N53</f>
         <v>0</v>
       </c>
       <c r="H62" s="4">
         <f>N54</f>
         <v>0</v>
       </c>
       <c r="I62" s="4">
         <f>N55</f>
         <v>0</v>
       </c>
       <c r="J62" s="13">
         <f>N56</f>
         <v>0</v>
       </c>
       <c r="K62" s="3"/>
       <c r="L62" s="179" t="s">
-        <v>31</v>
+        <v>75</v>
       </c>
       <c r="M62" s="179"/>
     </row>
-    <row r="63" spans="1:14" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="63" spans="1:14" ht="12.95" customHeight="1" thickBot="1">
       <c r="A63" s="73" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
       <c r="B63" s="74">
         <f t="shared" ref="B63:J63" si="9">(SUM(B60:B62)/(COUNTA(B60:B62)))</f>
         <v>0</v>
       </c>
       <c r="C63" s="74">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="D63" s="74">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="E63" s="74">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="F63" s="74">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="G63" s="74">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="H63" s="74">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="I63" s="74">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="J63" s="75">
         <f t="shared" si="9"/>
         <v>0</v>
       </c>
       <c r="K63" s="56">
         <f>SUM(B63:J63)</f>
         <v>0</v>
       </c>
       <c r="L63" s="179"/>
       <c r="M63" s="179"/>
     </row>
-    <row r="64" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:14" ht="12.95" customHeight="1">
       <c r="A64" s="60" t="s">
-        <v>33</v>
+        <v>64</v>
       </c>
       <c r="B64" s="3"/>
       <c r="C64" s="3"/>
       <c r="D64" s="3"/>
       <c r="E64" s="3"/>
       <c r="F64" s="3"/>
       <c r="H64" s="3"/>
       <c r="I64" s="3"/>
       <c r="J64" s="3"/>
       <c r="K64" s="5"/>
       <c r="L64" s="3"/>
       <c r="M64" s="3"/>
     </row>
-    <row r="65" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:14" ht="12.95" customHeight="1">
       <c r="A65" s="2"/>
       <c r="B65" s="3"/>
       <c r="C65" s="3"/>
       <c r="D65" s="3"/>
       <c r="E65" s="3"/>
       <c r="F65" s="3"/>
       <c r="G65" s="3"/>
       <c r="H65" s="3"/>
       <c r="I65" s="3"/>
       <c r="J65" s="3"/>
       <c r="K65" s="3"/>
       <c r="L65" s="3"/>
       <c r="M65" s="3"/>
     </row>
-    <row r="66" spans="1:14" ht="14.6" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="66" spans="1:14" ht="14.45" thickBot="1">
       <c r="A66" s="115" t="s">
-        <v>6</v>
+        <v>65</v>
       </c>
       <c r="B66" s="3"/>
       <c r="C66" s="3"/>
       <c r="D66" s="3"/>
       <c r="E66" s="3"/>
       <c r="F66" s="3"/>
       <c r="G66" s="3"/>
       <c r="H66" s="3"/>
       <c r="I66" s="3"/>
       <c r="J66" s="3"/>
       <c r="K66" s="3"/>
       <c r="L66" s="3"/>
       <c r="M66" s="3"/>
     </row>
-    <row r="67" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:14">
       <c r="A67" s="81"/>
       <c r="B67" s="82"/>
       <c r="C67" s="82"/>
       <c r="D67" s="82"/>
       <c r="E67" s="82"/>
       <c r="F67" s="82"/>
       <c r="G67" s="82"/>
       <c r="H67" s="82"/>
       <c r="I67" s="82"/>
       <c r="J67" s="82"/>
       <c r="K67" s="82"/>
       <c r="L67" s="82"/>
       <c r="M67" s="82"/>
       <c r="N67" s="88"/>
     </row>
-    <row r="68" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:14">
       <c r="A68" s="83"/>
       <c r="B68" s="57"/>
       <c r="C68" s="57"/>
       <c r="D68" s="57"/>
       <c r="E68" s="57"/>
       <c r="F68" s="57"/>
       <c r="G68" s="57"/>
       <c r="H68" s="57"/>
       <c r="I68" s="57"/>
       <c r="J68" s="57"/>
       <c r="K68" s="57"/>
       <c r="L68" s="57"/>
       <c r="M68" s="57"/>
       <c r="N68" s="89"/>
     </row>
-    <row r="69" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="69" spans="1:14">
       <c r="A69" s="84"/>
       <c r="B69" s="58"/>
       <c r="C69" s="58"/>
       <c r="D69" s="58"/>
       <c r="E69" s="58"/>
       <c r="F69" s="58"/>
       <c r="G69" s="58"/>
       <c r="H69" s="58"/>
       <c r="I69" s="58"/>
       <c r="J69" s="58"/>
       <c r="K69" s="58"/>
       <c r="L69" s="58"/>
       <c r="M69" s="58"/>
       <c r="N69" s="89"/>
     </row>
-    <row r="70" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:14">
       <c r="A70" s="83"/>
       <c r="B70" s="57"/>
       <c r="C70" s="57"/>
       <c r="D70" s="57"/>
       <c r="E70" s="57"/>
       <c r="F70" s="57"/>
       <c r="G70" s="57"/>
       <c r="H70" s="57"/>
       <c r="I70" s="57"/>
       <c r="J70" s="57"/>
       <c r="K70" s="57"/>
       <c r="L70" s="57"/>
       <c r="M70" s="57"/>
       <c r="N70" s="89"/>
     </row>
-    <row r="71" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:14">
       <c r="A71" s="83"/>
       <c r="B71" s="57"/>
       <c r="C71" s="57"/>
       <c r="D71" s="57"/>
       <c r="E71" s="57"/>
       <c r="F71" s="57"/>
       <c r="G71" s="57"/>
       <c r="H71" s="57"/>
       <c r="I71" s="57"/>
       <c r="J71" s="57"/>
       <c r="K71" s="57"/>
       <c r="L71" s="57"/>
       <c r="M71" s="57"/>
       <c r="N71" s="89"/>
     </row>
-    <row r="72" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="72" spans="1:14">
       <c r="A72" s="83"/>
       <c r="B72" s="57"/>
       <c r="C72" s="57"/>
       <c r="D72" s="57"/>
       <c r="E72" s="57"/>
       <c r="F72" s="57"/>
       <c r="G72" s="57"/>
       <c r="H72" s="57"/>
       <c r="I72" s="57"/>
       <c r="J72" s="57"/>
       <c r="K72" s="57"/>
       <c r="L72" s="57"/>
       <c r="M72" s="57"/>
       <c r="N72" s="89"/>
     </row>
-    <row r="73" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:14">
       <c r="A73" s="83"/>
       <c r="B73" s="57"/>
       <c r="C73" s="57"/>
       <c r="D73" s="57"/>
       <c r="E73" s="57"/>
       <c r="F73" s="57"/>
       <c r="G73" s="57"/>
       <c r="H73" s="57"/>
       <c r="I73" s="57"/>
       <c r="J73" s="57"/>
       <c r="K73" s="57"/>
       <c r="L73" s="57"/>
       <c r="M73" s="57"/>
       <c r="N73" s="89"/>
     </row>
-    <row r="74" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="74" spans="1:14">
       <c r="A74" s="83"/>
       <c r="B74" s="57"/>
       <c r="C74" s="57"/>
       <c r="D74" s="57"/>
       <c r="E74" s="57"/>
       <c r="F74" s="57"/>
       <c r="G74" s="57"/>
       <c r="H74" s="57"/>
       <c r="I74" s="57"/>
       <c r="J74" s="57"/>
       <c r="K74" s="57"/>
       <c r="L74" s="57"/>
       <c r="M74" s="57"/>
       <c r="N74" s="89"/>
     </row>
-    <row r="75" spans="1:14" ht="14.6" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="75" spans="1:14" ht="14.45" thickBot="1">
       <c r="A75" s="85"/>
       <c r="B75" s="86"/>
       <c r="C75" s="86"/>
       <c r="D75" s="86"/>
       <c r="E75" s="86"/>
       <c r="F75" s="86"/>
       <c r="G75" s="86"/>
       <c r="H75" s="86"/>
       <c r="I75" s="86"/>
       <c r="J75" s="86"/>
       <c r="K75" s="86"/>
       <c r="L75" s="86"/>
       <c r="M75" s="86"/>
       <c r="N75" s="90"/>
     </row>
   </sheetData>
   <mergeCells count="50">
     <mergeCell ref="L13:N13"/>
     <mergeCell ref="L14:N14"/>
     <mergeCell ref="L15:N15"/>
     <mergeCell ref="L8:N8"/>
     <mergeCell ref="L9:N9"/>
     <mergeCell ref="L10:N10"/>
     <mergeCell ref="L11:N11"/>
     <mergeCell ref="L12:N12"/>
@@ -20173,670 +20191,663 @@
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Program Name" prompt="Enter the name of your program as it appears in ADS." sqref="C4:M4" xr:uid="{A741F301-9195-49A5-B644-C90B052B46EB}"/>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="A2:N2" location="Instructions!A1" display="Follow the ACGME Rural Track Program Block Diagram Instructions to complete this template. " xr:uid="{1B036A1E-A10D-461A-AA94-3BE12731912D}"/>
   </hyperlinks>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0.3" footer="0.3"/>
   <pageSetup scale="89" orientation="landscape" verticalDpi="1200" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="44" max="13" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{86643810-E87D-4216-A0F6-5351B7648B18}">
   <sheetPr>
     <tabColor rgb="FF046735"/>
   </sheetPr>
   <dimension ref="A1:P90"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="L17" sqref="L17"/>
+      <selection activeCell="B3" sqref="B1:O1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0.84375" defaultRowHeight="14.15" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0.85546875" defaultRowHeight="14.1"/>
   <cols>
-    <col min="1" max="1" width="20.3828125" style="39" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="16" max="16384" width="0.84375" style="39"/>
+    <col min="1" max="1" width="21.42578125" style="39" customWidth="1"/>
+    <col min="2" max="15" width="11.28515625" style="39" customWidth="1"/>
+    <col min="16" max="16384" width="0.85546875" style="39"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:15" ht="25.5" customHeight="1">
       <c r="A1" s="145" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="B1" s="145"/>
       <c r="C1" s="145"/>
       <c r="D1" s="145"/>
       <c r="E1" s="145"/>
       <c r="F1" s="145"/>
       <c r="G1" s="145"/>
       <c r="H1" s="145"/>
       <c r="I1" s="145"/>
       <c r="J1" s="145"/>
       <c r="K1" s="145"/>
       <c r="L1" s="145"/>
       <c r="M1" s="145"/>
       <c r="N1" s="145"/>
       <c r="O1" s="145"/>
     </row>
-    <row r="2" spans="1:15" ht="15" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:15" ht="15.6">
       <c r="A2" s="146" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="B2" s="146"/>
       <c r="C2" s="146"/>
       <c r="D2" s="146"/>
       <c r="E2" s="146"/>
       <c r="F2" s="146"/>
       <c r="G2" s="146"/>
       <c r="H2" s="146"/>
       <c r="I2" s="146"/>
       <c r="J2" s="146"/>
       <c r="K2" s="146"/>
       <c r="L2" s="146"/>
       <c r="M2" s="146"/>
       <c r="N2" s="146"/>
       <c r="O2" s="146"/>
     </row>
-    <row r="3" spans="1:15" ht="11.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:15" ht="11.1" customHeight="1" thickBot="1">
       <c r="A3" s="63"/>
       <c r="B3" s="63"/>
       <c r="C3" s="63"/>
       <c r="D3" s="63"/>
       <c r="E3" s="63"/>
       <c r="F3" s="63"/>
       <c r="G3" s="63"/>
       <c r="H3" s="63"/>
       <c r="I3" s="63"/>
       <c r="J3" s="63"/>
       <c r="K3" s="63"/>
       <c r="L3" s="63"/>
       <c r="M3" s="63"/>
       <c r="N3" s="63"/>
       <c r="O3" s="63"/>
     </row>
-    <row r="4" spans="1:15" ht="18" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="4" spans="1:15" ht="18.600000000000001" thickBot="1">
       <c r="A4" s="147" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B4" s="148"/>
       <c r="C4" s="149" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="D4" s="149"/>
       <c r="E4" s="149"/>
       <c r="F4" s="149"/>
       <c r="G4" s="149"/>
       <c r="H4" s="149"/>
       <c r="I4" s="149"/>
       <c r="J4" s="149"/>
       <c r="K4" s="149"/>
       <c r="L4" s="149"/>
       <c r="M4" s="150"/>
       <c r="N4" s="151"/>
       <c r="O4" s="38"/>
     </row>
-    <row r="5" spans="1:15" ht="7" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="1:15" ht="6.95" customHeight="1" thickBot="1">
       <c r="A5" s="40"/>
       <c r="B5" s="40"/>
       <c r="C5" s="41"/>
       <c r="D5" s="41"/>
       <c r="E5" s="41"/>
       <c r="F5" s="41"/>
       <c r="G5" s="41"/>
       <c r="H5" s="41"/>
       <c r="I5" s="41"/>
       <c r="J5" s="41"/>
       <c r="K5" s="41"/>
       <c r="L5" s="41"/>
       <c r="M5" s="41"/>
       <c r="N5" s="41"/>
       <c r="O5" s="38"/>
     </row>
-    <row r="6" spans="1:15" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:15" ht="18" customHeight="1" thickBot="1">
       <c r="A6" s="61" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="B6" s="12" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C6" s="41"/>
       <c r="D6" s="41"/>
       <c r="E6" s="41"/>
       <c r="F6" s="41"/>
       <c r="G6" s="41"/>
       <c r="H6" s="41"/>
       <c r="I6" s="41"/>
       <c r="J6" s="41"/>
       <c r="K6" s="41"/>
       <c r="L6" s="152" t="s">
-        <v>79</v>
+        <v>37</v>
       </c>
       <c r="M6" s="153"/>
       <c r="N6" s="154"/>
       <c r="O6" s="38"/>
     </row>
-    <row r="7" spans="1:15" ht="24.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="7" spans="1:15" ht="24.6" customHeight="1" thickBot="1">
       <c r="A7" s="29" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="B7" s="158" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="C7" s="158"/>
       <c r="D7" s="158" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="E7" s="158"/>
       <c r="F7" s="158" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="G7" s="158"/>
       <c r="H7" s="117" t="s">
-        <v>75</v>
+        <v>42</v>
       </c>
       <c r="I7" s="117" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="J7" s="159" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="K7" s="160"/>
       <c r="L7" s="155"/>
       <c r="M7" s="156"/>
       <c r="N7" s="157"/>
     </row>
-    <row r="8" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:15" ht="15.6" customHeight="1">
       <c r="A8" s="30" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="B8" s="168"/>
       <c r="C8" s="168"/>
       <c r="D8" s="169"/>
       <c r="E8" s="169"/>
       <c r="F8" s="169"/>
       <c r="G8" s="169"/>
       <c r="H8" s="25"/>
       <c r="I8" s="25"/>
       <c r="J8" s="170"/>
       <c r="K8" s="171"/>
       <c r="L8" s="172"/>
       <c r="M8" s="173"/>
       <c r="N8" s="174"/>
     </row>
-    <row r="9" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:15" ht="15.6" customHeight="1">
       <c r="A9" s="31" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="B9" s="161"/>
       <c r="C9" s="161"/>
       <c r="D9" s="162"/>
       <c r="E9" s="162"/>
       <c r="F9" s="162"/>
       <c r="G9" s="162"/>
       <c r="H9" s="27"/>
       <c r="I9" s="27"/>
       <c r="J9" s="163"/>
       <c r="K9" s="164"/>
       <c r="L9" s="165"/>
       <c r="M9" s="166"/>
       <c r="N9" s="167"/>
     </row>
-    <row r="10" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:15" ht="15.6" customHeight="1">
       <c r="A10" s="32" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="B10" s="176"/>
       <c r="C10" s="176"/>
       <c r="D10" s="162"/>
       <c r="E10" s="162"/>
       <c r="F10" s="162"/>
       <c r="G10" s="162"/>
       <c r="H10" s="27"/>
       <c r="I10" s="27"/>
       <c r="J10" s="163"/>
       <c r="K10" s="164"/>
       <c r="L10" s="165"/>
       <c r="M10" s="166"/>
       <c r="N10" s="167"/>
     </row>
-    <row r="11" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:15" ht="15.6" customHeight="1">
       <c r="A11" s="33" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="B11" s="175"/>
       <c r="C11" s="175"/>
       <c r="D11" s="162"/>
       <c r="E11" s="162"/>
       <c r="F11" s="162"/>
       <c r="G11" s="162"/>
       <c r="H11" s="27"/>
       <c r="I11" s="27"/>
       <c r="J11" s="163"/>
       <c r="K11" s="164"/>
       <c r="L11" s="165"/>
       <c r="M11" s="166"/>
       <c r="N11" s="167"/>
     </row>
-    <row r="12" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:15" ht="15.6" customHeight="1">
       <c r="A12" s="34" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="B12" s="178"/>
       <c r="C12" s="178"/>
       <c r="D12" s="162"/>
       <c r="E12" s="162"/>
       <c r="F12" s="162"/>
       <c r="G12" s="162"/>
       <c r="H12" s="27"/>
       <c r="I12" s="27"/>
       <c r="J12" s="163"/>
       <c r="K12" s="164"/>
       <c r="L12" s="165"/>
       <c r="M12" s="166"/>
       <c r="N12" s="167"/>
     </row>
-    <row r="13" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:15" ht="15.6" customHeight="1">
       <c r="A13" s="35" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="B13" s="177"/>
       <c r="C13" s="177"/>
       <c r="D13" s="162"/>
       <c r="E13" s="162"/>
       <c r="F13" s="162"/>
       <c r="G13" s="162"/>
       <c r="H13" s="27"/>
       <c r="I13" s="27"/>
       <c r="J13" s="163"/>
       <c r="K13" s="164"/>
       <c r="L13" s="165"/>
       <c r="M13" s="166"/>
       <c r="N13" s="167"/>
     </row>
-    <row r="14" spans="1:15" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:15" ht="15.6" customHeight="1">
       <c r="A14" s="36" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="B14" s="180"/>
       <c r="C14" s="180"/>
       <c r="D14" s="162"/>
       <c r="E14" s="162"/>
       <c r="F14" s="162"/>
       <c r="G14" s="162"/>
       <c r="H14" s="27"/>
       <c r="I14" s="27"/>
       <c r="J14" s="163"/>
       <c r="K14" s="164"/>
       <c r="L14" s="165"/>
       <c r="M14" s="166"/>
       <c r="N14" s="167"/>
     </row>
-    <row r="15" spans="1:15" ht="15.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="15" spans="1:15" ht="15.6" customHeight="1" thickBot="1">
       <c r="A15" s="37" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="B15" s="181"/>
       <c r="C15" s="181"/>
       <c r="D15" s="182"/>
       <c r="E15" s="182"/>
       <c r="F15" s="182"/>
       <c r="G15" s="182"/>
       <c r="H15" s="28"/>
       <c r="I15" s="28"/>
       <c r="J15" s="183"/>
       <c r="K15" s="184"/>
       <c r="L15" s="185"/>
       <c r="M15" s="186"/>
       <c r="N15" s="187"/>
     </row>
-    <row r="16" spans="1:15" ht="6.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:15" ht="6.6" customHeight="1">
       <c r="A16" s="42"/>
       <c r="B16" s="38"/>
       <c r="C16" s="38"/>
       <c r="D16" s="38"/>
       <c r="E16" s="38"/>
       <c r="F16" s="38"/>
       <c r="G16" s="38"/>
       <c r="H16" s="38"/>
       <c r="I16" s="38"/>
       <c r="J16" s="38"/>
       <c r="K16" s="38"/>
       <c r="L16" s="38"/>
       <c r="M16" s="38"/>
       <c r="N16" s="38"/>
       <c r="O16" s="38"/>
     </row>
-    <row r="17" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:15" ht="12.95" customHeight="1">
       <c r="A17" s="59" t="s">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="B17" s="62" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6"/>
       <c r="E17" s="6"/>
       <c r="F17" s="6"/>
       <c r="G17" s="6"/>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="6"/>
       <c r="N17" s="6"/>
       <c r="O17" s="38"/>
     </row>
-    <row r="18" spans="1:15" s="43" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="18" spans="1:15" s="43" customFormat="1" ht="12.95" customHeight="1" thickBot="1">
       <c r="A18" s="7" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="B18" s="1">
         <v>1</v>
       </c>
       <c r="C18" s="1">
         <v>2</v>
       </c>
       <c r="D18" s="1">
         <v>3</v>
       </c>
       <c r="E18" s="1">
         <v>4</v>
       </c>
       <c r="F18" s="1">
         <v>5</v>
       </c>
       <c r="G18" s="1">
         <v>6</v>
       </c>
       <c r="H18" s="1">
         <v>7</v>
       </c>
       <c r="I18" s="1">
         <v>8</v>
       </c>
       <c r="J18" s="1">
         <v>9</v>
       </c>
       <c r="K18" s="1">
         <v>10</v>
       </c>
       <c r="L18" s="1">
         <v>11</v>
       </c>
       <c r="M18" s="1">
         <v>12</v>
       </c>
       <c r="N18" s="1">
         <v>13</v>
       </c>
       <c r="O18" s="42" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:15" s="43" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" s="43" customFormat="1" ht="12.95" customHeight="1">
       <c r="A19" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B19" s="25"/>
       <c r="C19" s="25"/>
       <c r="D19" s="25"/>
       <c r="E19" s="25"/>
       <c r="F19" s="25"/>
       <c r="G19" s="25"/>
       <c r="H19" s="25"/>
       <c r="I19" s="25"/>
       <c r="J19" s="25"/>
       <c r="K19" s="25"/>
       <c r="L19" s="25"/>
       <c r="M19" s="25"/>
       <c r="N19" s="25"/>
       <c r="O19" s="42"/>
     </row>
-    <row r="20" spans="1:15" s="43" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:15" s="43" customFormat="1" ht="12.95" customHeight="1">
       <c r="A20" s="16" t="str">
         <f t="shared" ref="A20:A27" si="0">A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="B20" s="94"/>
       <c r="C20" s="94"/>
       <c r="D20" s="94"/>
       <c r="E20" s="94"/>
       <c r="F20" s="94"/>
       <c r="G20" s="94"/>
       <c r="H20" s="94"/>
       <c r="I20" s="94"/>
       <c r="J20" s="94"/>
       <c r="K20" s="94"/>
       <c r="L20" s="94"/>
       <c r="M20" s="94"/>
       <c r="N20" s="94"/>
       <c r="O20" s="44">
         <f t="shared" ref="O20:O28" si="1">(SUM(B20:N20)/13)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:15" s="43" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:15" s="43" customFormat="1" ht="12.95" customHeight="1">
       <c r="A21" s="15" t="str">
         <f t="shared" si="0"/>
         <v>Site 2 Name</v>
       </c>
       <c r="B21" s="94"/>
       <c r="C21" s="94"/>
       <c r="D21" s="94"/>
       <c r="E21" s="94"/>
       <c r="F21" s="94"/>
       <c r="G21" s="94"/>
       <c r="H21" s="94"/>
       <c r="I21" s="94"/>
       <c r="J21" s="94"/>
       <c r="K21" s="94"/>
       <c r="L21" s="94"/>
       <c r="M21" s="94"/>
       <c r="N21" s="94"/>
       <c r="O21" s="45">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:15" ht="12.95" customHeight="1">
       <c r="A22" s="14" t="str">
         <f t="shared" si="0"/>
         <v>Site 3 Name</v>
       </c>
       <c r="B22" s="94"/>
       <c r="C22" s="94"/>
       <c r="D22" s="94"/>
       <c r="E22" s="94"/>
       <c r="F22" s="94"/>
       <c r="G22" s="94"/>
       <c r="H22" s="94"/>
       <c r="I22" s="94"/>
       <c r="J22" s="94"/>
       <c r="K22" s="94"/>
       <c r="L22" s="94"/>
       <c r="M22" s="94"/>
       <c r="N22" s="94"/>
       <c r="O22" s="46">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:15" ht="12.95" customHeight="1">
       <c r="A23" s="17" t="str">
         <f t="shared" si="0"/>
         <v>Site 4 Name</v>
       </c>
       <c r="B23" s="94"/>
       <c r="C23" s="94"/>
       <c r="D23" s="94"/>
       <c r="E23" s="94"/>
       <c r="F23" s="94"/>
       <c r="G23" s="94"/>
       <c r="H23" s="94"/>
       <c r="I23" s="94"/>
       <c r="J23" s="94"/>
       <c r="K23" s="94"/>
       <c r="L23" s="94"/>
       <c r="M23" s="94"/>
       <c r="N23" s="94"/>
       <c r="O23" s="47">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:15" ht="12.95" customHeight="1">
       <c r="A24" s="18" t="str">
         <f t="shared" si="0"/>
         <v>Site 5 Name</v>
       </c>
       <c r="B24" s="94"/>
       <c r="C24" s="94"/>
       <c r="D24" s="94"/>
       <c r="E24" s="94"/>
       <c r="F24" s="94"/>
       <c r="G24" s="94"/>
       <c r="H24" s="94"/>
       <c r="I24" s="94"/>
       <c r="J24" s="94"/>
       <c r="K24" s="94"/>
       <c r="L24" s="94"/>
       <c r="M24" s="94"/>
       <c r="N24" s="94"/>
       <c r="O24" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:15" ht="12.95" customHeight="1">
       <c r="A25" s="19" t="str">
         <f t="shared" si="0"/>
         <v>Site 6 Name</v>
       </c>
       <c r="B25" s="94"/>
       <c r="C25" s="94"/>
       <c r="D25" s="94"/>
       <c r="E25" s="94"/>
       <c r="F25" s="94"/>
       <c r="G25" s="94"/>
       <c r="H25" s="94"/>
       <c r="I25" s="94"/>
       <c r="J25" s="94"/>
       <c r="K25" s="94"/>
       <c r="L25" s="94"/>
       <c r="M25" s="94"/>
       <c r="N25" s="94"/>
       <c r="O25" s="49">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:15" ht="12.95" customHeight="1">
       <c r="A26" s="20" t="str">
         <f t="shared" si="0"/>
         <v>Site 7 Name</v>
       </c>
       <c r="B26" s="94"/>
       <c r="C26" s="94"/>
       <c r="D26" s="94"/>
       <c r="E26" s="94"/>
       <c r="F26" s="94"/>
       <c r="G26" s="94"/>
       <c r="H26" s="94"/>
       <c r="I26" s="94"/>
       <c r="J26" s="94"/>
       <c r="K26" s="94"/>
       <c r="L26" s="94"/>
       <c r="M26" s="94"/>
       <c r="N26" s="94"/>
       <c r="O26" s="50">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:15" ht="12.95" customHeight="1">
       <c r="A27" s="21" t="str">
         <f t="shared" si="0"/>
         <v>Site 8 Name</v>
       </c>
       <c r="B27" s="94"/>
       <c r="C27" s="94"/>
       <c r="D27" s="94"/>
       <c r="E27" s="94"/>
       <c r="F27" s="94"/>
       <c r="G27" s="94"/>
       <c r="H27" s="94"/>
       <c r="I27" s="94"/>
       <c r="J27" s="94"/>
       <c r="K27" s="94"/>
       <c r="L27" s="94"/>
       <c r="M27" s="94"/>
       <c r="N27" s="94"/>
       <c r="O27" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:15" ht="12.95" customHeight="1">
       <c r="A28" s="22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="B28" s="94"/>
       <c r="C28" s="94"/>
       <c r="D28" s="94"/>
       <c r="E28" s="94"/>
       <c r="F28" s="94"/>
       <c r="G28" s="94"/>
       <c r="H28" s="94"/>
       <c r="I28" s="94"/>
       <c r="J28" s="94"/>
       <c r="K28" s="94"/>
       <c r="L28" s="94"/>
       <c r="M28" s="94"/>
       <c r="N28" s="94"/>
       <c r="O28" s="52">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:15" ht="12.95" customHeight="1">
       <c r="A29" s="92" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B29" s="93">
         <f>SUM(B20:B28)</f>
         <v>0</v>
       </c>
       <c r="C29" s="93">
         <f t="shared" ref="C29:N29" si="2">SUM(C20:C28)</f>
         <v>0</v>
       </c>
       <c r="D29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="E29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="F29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="G29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
@@ -20848,363 +20859,363 @@
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="N29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="O29" s="52"/>
     </row>
-    <row r="30" spans="1:15" ht="7" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:15" ht="6.95" customHeight="1">
       <c r="A30" s="23"/>
       <c r="B30" s="24"/>
       <c r="C30" s="24"/>
       <c r="D30" s="24"/>
       <c r="E30" s="24"/>
       <c r="F30" s="24"/>
       <c r="G30" s="24"/>
       <c r="H30" s="24"/>
       <c r="I30" s="24"/>
       <c r="J30" s="24"/>
       <c r="K30" s="24"/>
       <c r="L30" s="24"/>
       <c r="M30" s="24"/>
       <c r="N30" s="24"/>
       <c r="O30" s="53"/>
     </row>
-    <row r="31" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:15" ht="12.95" customHeight="1">
       <c r="A31" s="59" t="s">
-        <v>2</v>
+        <v>69</v>
       </c>
       <c r="B31" s="62" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3"/>
       <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="3"/>
       <c r="J31" s="3"/>
       <c r="K31" s="3"/>
       <c r="L31" s="3"/>
       <c r="M31" s="3"/>
       <c r="N31" s="3"/>
       <c r="O31" s="38"/>
     </row>
-    <row r="32" spans="1:15" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="32" spans="1:15" ht="12.95" customHeight="1" thickBot="1">
       <c r="A32" s="7" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="B32" s="1">
         <v>1</v>
       </c>
       <c r="C32" s="1">
         <v>2</v>
       </c>
       <c r="D32" s="1">
         <v>3</v>
       </c>
       <c r="E32" s="1">
         <v>4</v>
       </c>
       <c r="F32" s="1">
         <v>5</v>
       </c>
       <c r="G32" s="1">
         <v>6</v>
       </c>
       <c r="H32" s="1">
         <v>7</v>
       </c>
       <c r="I32" s="1">
         <v>8</v>
       </c>
       <c r="J32" s="1">
         <v>9</v>
       </c>
       <c r="K32" s="1">
         <v>10</v>
       </c>
       <c r="L32" s="1">
         <v>11</v>
       </c>
       <c r="M32" s="1">
         <v>12</v>
       </c>
       <c r="N32" s="1">
         <v>13</v>
       </c>
       <c r="O32" s="42" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16" ht="12.95" customHeight="1">
       <c r="A33" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B33" s="25"/>
       <c r="C33" s="25"/>
       <c r="D33" s="25"/>
       <c r="E33" s="25"/>
       <c r="F33" s="25"/>
       <c r="G33" s="25"/>
       <c r="H33" s="25"/>
       <c r="I33" s="25"/>
       <c r="J33" s="25"/>
       <c r="K33" s="25"/>
       <c r="L33" s="25"/>
       <c r="M33" s="25"/>
       <c r="N33" s="25"/>
       <c r="O33" s="42"/>
     </row>
-    <row r="34" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:16" ht="12.95" customHeight="1">
       <c r="A34" s="16" t="str">
         <f t="shared" ref="A34:A41" si="3">A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="B34" s="26"/>
       <c r="C34" s="94"/>
       <c r="D34" s="94"/>
       <c r="E34" s="94"/>
       <c r="F34" s="94"/>
       <c r="G34" s="94"/>
       <c r="H34" s="94"/>
       <c r="I34" s="94"/>
       <c r="J34" s="94"/>
       <c r="K34" s="94"/>
       <c r="L34" s="94"/>
       <c r="M34" s="94"/>
       <c r="N34" s="94"/>
       <c r="O34" s="44">
         <f t="shared" ref="O34:O42" si="4">(SUM(B34:N34)/13)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:16" ht="12.95" customHeight="1">
       <c r="A35" s="15" t="str">
         <f t="shared" si="3"/>
         <v>Site 2 Name</v>
       </c>
       <c r="B35" s="26"/>
       <c r="C35" s="94"/>
       <c r="D35" s="94"/>
       <c r="E35" s="94"/>
       <c r="F35" s="94"/>
       <c r="G35" s="94"/>
       <c r="H35" s="94"/>
       <c r="I35" s="94"/>
       <c r="J35" s="94"/>
       <c r="K35" s="94"/>
       <c r="L35" s="94"/>
       <c r="M35" s="94"/>
       <c r="N35" s="94"/>
       <c r="O35" s="45">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:16" ht="12.95" customHeight="1">
       <c r="A36" s="14" t="str">
         <f t="shared" si="3"/>
         <v>Site 3 Name</v>
       </c>
       <c r="B36" s="94"/>
       <c r="C36" s="94"/>
       <c r="D36" s="94"/>
       <c r="E36" s="94"/>
       <c r="F36" s="94"/>
       <c r="G36" s="94"/>
       <c r="H36" s="94"/>
       <c r="I36" s="94"/>
       <c r="J36" s="94"/>
       <c r="K36" s="94"/>
       <c r="L36" s="94"/>
       <c r="M36" s="94"/>
       <c r="N36" s="94"/>
       <c r="O36" s="46">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:16" ht="12.95" customHeight="1">
       <c r="A37" s="17" t="str">
         <f t="shared" si="3"/>
         <v>Site 4 Name</v>
       </c>
       <c r="B37" s="94"/>
       <c r="C37" s="94"/>
       <c r="D37" s="94"/>
       <c r="E37" s="94"/>
       <c r="F37" s="94"/>
       <c r="G37" s="94"/>
       <c r="H37" s="94"/>
       <c r="I37" s="94"/>
       <c r="J37" s="94"/>
       <c r="K37" s="94"/>
       <c r="L37" s="94"/>
       <c r="M37" s="94"/>
       <c r="N37" s="94"/>
       <c r="O37" s="47">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:16" ht="12.95" customHeight="1">
       <c r="A38" s="18" t="str">
         <f t="shared" si="3"/>
         <v>Site 5 Name</v>
       </c>
       <c r="B38" s="94"/>
       <c r="C38" s="94"/>
       <c r="D38" s="94"/>
       <c r="E38" s="94"/>
       <c r="F38" s="94"/>
       <c r="G38" s="94"/>
       <c r="H38" s="94"/>
       <c r="I38" s="94"/>
       <c r="J38" s="94"/>
       <c r="K38" s="94"/>
       <c r="L38" s="94"/>
       <c r="M38" s="94"/>
       <c r="N38" s="94"/>
       <c r="O38" s="48">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:16" ht="12.95" customHeight="1">
       <c r="A39" s="19" t="str">
         <f t="shared" si="3"/>
         <v>Site 6 Name</v>
       </c>
       <c r="B39" s="94"/>
       <c r="C39" s="94"/>
       <c r="D39" s="94"/>
       <c r="E39" s="94"/>
       <c r="F39" s="94"/>
       <c r="G39" s="94"/>
       <c r="H39" s="94"/>
       <c r="I39" s="94"/>
       <c r="J39" s="94"/>
       <c r="K39" s="94"/>
       <c r="L39" s="94"/>
       <c r="M39" s="94"/>
       <c r="N39" s="94"/>
       <c r="O39" s="49">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:16" ht="12.95" customHeight="1">
       <c r="A40" s="20" t="str">
         <f t="shared" si="3"/>
         <v>Site 7 Name</v>
       </c>
       <c r="B40" s="94"/>
       <c r="C40" s="94"/>
       <c r="D40" s="94"/>
       <c r="E40" s="94"/>
       <c r="F40" s="94"/>
       <c r="G40" s="94"/>
       <c r="H40" s="94"/>
       <c r="I40" s="94"/>
       <c r="J40" s="94"/>
       <c r="K40" s="94"/>
       <c r="L40" s="94"/>
       <c r="M40" s="94"/>
       <c r="N40" s="94"/>
       <c r="O40" s="50">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:16" ht="12.95" customHeight="1">
       <c r="A41" s="21" t="str">
         <f t="shared" si="3"/>
         <v>Site 8 Name</v>
       </c>
       <c r="B41" s="94"/>
       <c r="C41" s="94"/>
       <c r="D41" s="94"/>
       <c r="E41" s="94"/>
       <c r="F41" s="94"/>
       <c r="G41" s="94"/>
       <c r="H41" s="94"/>
       <c r="I41" s="94"/>
       <c r="J41" s="94"/>
       <c r="K41" s="94"/>
       <c r="L41" s="94"/>
       <c r="M41" s="94"/>
       <c r="N41" s="94"/>
       <c r="O41" s="51">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:16" ht="12.95" customHeight="1">
       <c r="A42" s="22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="B42" s="94"/>
       <c r="C42" s="94"/>
       <c r="D42" s="94"/>
       <c r="E42" s="94"/>
       <c r="F42" s="94"/>
       <c r="G42" s="94"/>
       <c r="H42" s="94"/>
       <c r="I42" s="94"/>
       <c r="J42" s="94"/>
       <c r="K42" s="94"/>
       <c r="L42" s="94"/>
       <c r="M42" s="94"/>
       <c r="N42" s="94"/>
       <c r="O42" s="52">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:16" ht="12.95" customHeight="1">
       <c r="A43" s="92" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B43" s="93">
         <f>SUM(B34:B42)</f>
         <v>0</v>
       </c>
       <c r="C43" s="93">
         <f t="shared" ref="C43:N43" si="5">SUM(C34:C42)</f>
         <v>0</v>
       </c>
       <c r="D43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="E43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="F43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
@@ -21216,364 +21227,364 @@
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="J43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="K43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="L43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="M43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="N43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="O43" s="52"/>
     </row>
-    <row r="44" spans="1:16" ht="7" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:16" ht="6.95" customHeight="1">
       <c r="A44" s="23"/>
       <c r="B44" s="24"/>
       <c r="C44" s="24"/>
       <c r="D44" s="24"/>
       <c r="E44" s="24"/>
       <c r="F44" s="24"/>
       <c r="G44" s="24"/>
       <c r="H44" s="24"/>
       <c r="I44" s="24"/>
       <c r="J44" s="24"/>
       <c r="K44" s="24"/>
       <c r="L44" s="24"/>
       <c r="M44" s="24"/>
       <c r="N44" s="24"/>
       <c r="O44" s="53"/>
       <c r="P44" s="54"/>
     </row>
-    <row r="45" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:16" ht="12.95" customHeight="1">
       <c r="A45" s="59" t="s">
-        <v>3</v>
+        <v>73</v>
       </c>
       <c r="B45" s="62" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
       <c r="M45" s="3"/>
       <c r="N45" s="3"/>
       <c r="O45" s="38"/>
     </row>
-    <row r="46" spans="1:16" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="46" spans="1:16" ht="12.95" customHeight="1" thickBot="1">
       <c r="A46" s="7" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="B46" s="1">
         <v>1</v>
       </c>
       <c r="C46" s="1">
         <v>2</v>
       </c>
       <c r="D46" s="1">
         <v>3</v>
       </c>
       <c r="E46" s="1">
         <v>4</v>
       </c>
       <c r="F46" s="1">
         <v>5</v>
       </c>
       <c r="G46" s="1">
         <v>6</v>
       </c>
       <c r="H46" s="1">
         <v>7</v>
       </c>
       <c r="I46" s="1">
         <v>8</v>
       </c>
       <c r="J46" s="1">
         <v>9</v>
       </c>
       <c r="K46" s="1">
         <v>10</v>
       </c>
       <c r="L46" s="1">
         <v>11</v>
       </c>
       <c r="M46" s="1">
         <v>12</v>
       </c>
       <c r="N46" s="1">
         <v>13</v>
       </c>
       <c r="O46" s="42" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16" ht="12.95" customHeight="1">
       <c r="A47" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B47" s="25"/>
       <c r="C47" s="25"/>
       <c r="D47" s="25"/>
       <c r="E47" s="25"/>
       <c r="F47" s="25"/>
       <c r="G47" s="25"/>
       <c r="H47" s="25"/>
       <c r="I47" s="25"/>
       <c r="J47" s="25"/>
       <c r="K47" s="25"/>
       <c r="L47" s="25"/>
       <c r="M47" s="25"/>
       <c r="N47" s="25"/>
       <c r="O47" s="42"/>
     </row>
-    <row r="48" spans="1:16" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:16" ht="12.95" customHeight="1">
       <c r="A48" s="16" t="str">
         <f t="shared" ref="A48:A55" si="6">A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="B48" s="94"/>
       <c r="C48" s="94"/>
       <c r="D48" s="94"/>
       <c r="E48" s="94"/>
       <c r="F48" s="94"/>
       <c r="G48" s="94"/>
       <c r="H48" s="94"/>
       <c r="I48" s="94"/>
       <c r="J48" s="94"/>
       <c r="K48" s="94"/>
       <c r="L48" s="94"/>
       <c r="M48" s="94"/>
       <c r="N48" s="94"/>
       <c r="O48" s="44">
         <f t="shared" ref="O48:O56" si="7">(SUM(B48:N48)/13)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="49" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:15" ht="12.95" customHeight="1">
       <c r="A49" s="15" t="str">
         <f t="shared" si="6"/>
         <v>Site 2 Name</v>
       </c>
       <c r="B49" s="94"/>
       <c r="C49" s="94"/>
       <c r="D49" s="94"/>
       <c r="E49" s="94"/>
       <c r="F49" s="94"/>
       <c r="G49" s="94"/>
       <c r="H49" s="94"/>
       <c r="I49" s="94"/>
       <c r="J49" s="94"/>
       <c r="K49" s="94"/>
       <c r="L49" s="94"/>
       <c r="M49" s="94"/>
       <c r="N49" s="94"/>
       <c r="O49" s="45">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="50" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:15" ht="12.95" customHeight="1">
       <c r="A50" s="14" t="str">
         <f t="shared" si="6"/>
         <v>Site 3 Name</v>
       </c>
       <c r="B50" s="94"/>
       <c r="C50" s="94"/>
       <c r="D50" s="94"/>
       <c r="E50" s="94"/>
       <c r="F50" s="94"/>
       <c r="G50" s="94"/>
       <c r="H50" s="94"/>
       <c r="I50" s="94"/>
       <c r="J50" s="94"/>
       <c r="K50" s="94"/>
       <c r="L50" s="94"/>
       <c r="M50" s="94"/>
       <c r="N50" s="94"/>
       <c r="O50" s="46">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="51" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:15" ht="12.95" customHeight="1">
       <c r="A51" s="17" t="str">
         <f t="shared" si="6"/>
         <v>Site 4 Name</v>
       </c>
       <c r="B51" s="94"/>
       <c r="C51" s="94"/>
       <c r="D51" s="94"/>
       <c r="E51" s="94"/>
       <c r="F51" s="94"/>
       <c r="G51" s="94"/>
       <c r="H51" s="94"/>
       <c r="I51" s="94"/>
       <c r="J51" s="94"/>
       <c r="K51" s="94"/>
       <c r="L51" s="94"/>
       <c r="M51" s="94"/>
       <c r="N51" s="94"/>
       <c r="O51" s="47">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="52" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:15" ht="12.95" customHeight="1">
       <c r="A52" s="18" t="str">
         <f t="shared" si="6"/>
         <v>Site 5 Name</v>
       </c>
       <c r="B52" s="94"/>
       <c r="C52" s="94"/>
       <c r="D52" s="94"/>
       <c r="E52" s="94"/>
       <c r="F52" s="94"/>
       <c r="G52" s="94"/>
       <c r="H52" s="94"/>
       <c r="I52" s="94"/>
       <c r="J52" s="94"/>
       <c r="K52" s="94"/>
       <c r="L52" s="94"/>
       <c r="M52" s="94"/>
       <c r="N52" s="94"/>
       <c r="O52" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="53" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:15" ht="12.95" customHeight="1">
       <c r="A53" s="19" t="str">
         <f t="shared" si="6"/>
         <v>Site 6 Name</v>
       </c>
       <c r="B53" s="94"/>
       <c r="C53" s="94"/>
       <c r="D53" s="94"/>
       <c r="E53" s="94"/>
       <c r="F53" s="94"/>
       <c r="G53" s="94"/>
       <c r="H53" s="94"/>
       <c r="I53" s="94"/>
       <c r="J53" s="94"/>
       <c r="K53" s="94"/>
       <c r="L53" s="94"/>
       <c r="M53" s="94"/>
       <c r="N53" s="94"/>
       <c r="O53" s="49">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="54" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:15" ht="12.95" customHeight="1">
       <c r="A54" s="20" t="str">
         <f t="shared" si="6"/>
         <v>Site 7 Name</v>
       </c>
       <c r="B54" s="94"/>
       <c r="C54" s="94"/>
       <c r="D54" s="94"/>
       <c r="E54" s="94"/>
       <c r="F54" s="94"/>
       <c r="G54" s="94"/>
       <c r="H54" s="94"/>
       <c r="I54" s="94"/>
       <c r="J54" s="94"/>
       <c r="K54" s="94"/>
       <c r="L54" s="94"/>
       <c r="M54" s="94"/>
       <c r="N54" s="94"/>
       <c r="O54" s="50">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="55" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:15" ht="12.95" customHeight="1">
       <c r="A55" s="21" t="str">
         <f t="shared" si="6"/>
         <v>Site 8 Name</v>
       </c>
       <c r="B55" s="94"/>
       <c r="C55" s="94"/>
       <c r="D55" s="94"/>
       <c r="E55" s="94"/>
       <c r="F55" s="94"/>
       <c r="G55" s="94"/>
       <c r="H55" s="94"/>
       <c r="I55" s="94"/>
       <c r="J55" s="94"/>
       <c r="K55" s="94"/>
       <c r="L55" s="94"/>
       <c r="M55" s="94"/>
       <c r="N55" s="94"/>
       <c r="O55" s="51">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="56" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:15" ht="12.95" customHeight="1">
       <c r="A56" s="22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="B56" s="94"/>
       <c r="C56" s="94"/>
       <c r="D56" s="94"/>
       <c r="E56" s="94"/>
       <c r="F56" s="94"/>
       <c r="G56" s="94"/>
       <c r="H56" s="94"/>
       <c r="I56" s="94"/>
       <c r="J56" s="94"/>
       <c r="K56" s="94"/>
       <c r="L56" s="94"/>
       <c r="M56" s="94"/>
       <c r="N56" s="94"/>
       <c r="O56" s="52">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="57" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:15" ht="12.95" customHeight="1">
       <c r="A57" s="92" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B57" s="93">
         <f>SUM(B48:B56)</f>
         <v>0</v>
       </c>
       <c r="C57" s="93">
         <f t="shared" ref="C57:N57" si="8">SUM(C48:C56)</f>
         <v>0</v>
       </c>
       <c r="D57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="E57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="F57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="G57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
@@ -21585,363 +21596,363 @@
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="J57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="K57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="L57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="M57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="N57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="O57" s="52"/>
     </row>
-    <row r="58" spans="1:15" ht="7" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:15" ht="6.95" customHeight="1">
       <c r="A58" s="23"/>
       <c r="B58" s="24"/>
       <c r="C58" s="24"/>
       <c r="D58" s="24"/>
       <c r="E58" s="24"/>
       <c r="F58" s="24"/>
       <c r="G58" s="24"/>
       <c r="H58" s="24"/>
       <c r="I58" s="24"/>
       <c r="J58" s="24"/>
       <c r="K58" s="24"/>
       <c r="L58" s="24"/>
       <c r="M58" s="24"/>
       <c r="N58" s="24"/>
       <c r="O58" s="53"/>
     </row>
-    <row r="59" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:15" ht="12.95" customHeight="1">
       <c r="A59" s="59" t="s">
-        <v>4</v>
+        <v>78</v>
       </c>
       <c r="B59" s="62" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C59" s="3"/>
       <c r="D59" s="3"/>
       <c r="E59" s="3"/>
       <c r="F59" s="3"/>
       <c r="G59" s="3"/>
       <c r="H59" s="3"/>
       <c r="I59" s="3"/>
       <c r="J59" s="3"/>
       <c r="K59" s="3"/>
       <c r="L59" s="3"/>
       <c r="M59" s="3"/>
       <c r="N59" s="3"/>
       <c r="O59" s="38"/>
     </row>
-    <row r="60" spans="1:15" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="60" spans="1:15" ht="12.95" customHeight="1" thickBot="1">
       <c r="A60" s="7" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="B60" s="1">
         <v>1</v>
       </c>
       <c r="C60" s="1">
         <v>2</v>
       </c>
       <c r="D60" s="1">
         <v>3</v>
       </c>
       <c r="E60" s="1">
         <v>4</v>
       </c>
       <c r="F60" s="1">
         <v>5</v>
       </c>
       <c r="G60" s="1">
         <v>6</v>
       </c>
       <c r="H60" s="1">
         <v>7</v>
       </c>
       <c r="I60" s="1">
         <v>8</v>
       </c>
       <c r="J60" s="1">
         <v>9</v>
       </c>
       <c r="K60" s="1">
         <v>10</v>
       </c>
       <c r="L60" s="1">
         <v>11</v>
       </c>
       <c r="M60" s="1">
         <v>12</v>
       </c>
       <c r="N60" s="1">
         <v>13</v>
       </c>
       <c r="O60" s="42" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="61" spans="1:15" ht="12.95" customHeight="1">
       <c r="A61" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B61" s="25"/>
       <c r="C61" s="25"/>
       <c r="D61" s="25"/>
       <c r="E61" s="25"/>
       <c r="F61" s="25"/>
       <c r="G61" s="25"/>
       <c r="H61" s="25"/>
       <c r="I61" s="25"/>
       <c r="J61" s="25"/>
       <c r="K61" s="25"/>
       <c r="L61" s="25"/>
       <c r="M61" s="25"/>
       <c r="N61" s="25"/>
       <c r="O61" s="42"/>
     </row>
-    <row r="62" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:15" ht="12.95" customHeight="1">
       <c r="A62" s="16" t="str">
         <f t="shared" ref="A62:A69" si="9">A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="B62" s="94"/>
       <c r="C62" s="94"/>
       <c r="D62" s="94"/>
       <c r="E62" s="94"/>
       <c r="F62" s="94"/>
       <c r="G62" s="94"/>
       <c r="H62" s="94"/>
       <c r="I62" s="94"/>
       <c r="J62" s="94"/>
       <c r="K62" s="94"/>
       <c r="L62" s="94"/>
       <c r="M62" s="94"/>
       <c r="N62" s="94"/>
       <c r="O62" s="44">
         <f t="shared" ref="O62:O70" si="10">(SUM(B62:N62)/13)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="63" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:15" ht="12.95" customHeight="1">
       <c r="A63" s="15" t="str">
         <f t="shared" si="9"/>
         <v>Site 2 Name</v>
       </c>
       <c r="B63" s="94"/>
       <c r="C63" s="94"/>
       <c r="D63" s="94"/>
       <c r="E63" s="94"/>
       <c r="F63" s="94"/>
       <c r="G63" s="94"/>
       <c r="H63" s="94"/>
       <c r="I63" s="94"/>
       <c r="J63" s="94"/>
       <c r="K63" s="94"/>
       <c r="L63" s="94"/>
       <c r="M63" s="94"/>
       <c r="N63" s="94"/>
       <c r="O63" s="45">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="64" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:15" ht="12.95" customHeight="1">
       <c r="A64" s="14" t="str">
         <f t="shared" si="9"/>
         <v>Site 3 Name</v>
       </c>
       <c r="B64" s="94"/>
       <c r="C64" s="94"/>
       <c r="D64" s="94"/>
       <c r="E64" s="94"/>
       <c r="F64" s="94"/>
       <c r="G64" s="94"/>
       <c r="H64" s="94"/>
       <c r="I64" s="94"/>
       <c r="J64" s="94"/>
       <c r="K64" s="94"/>
       <c r="L64" s="94"/>
       <c r="M64" s="94"/>
       <c r="N64" s="94"/>
       <c r="O64" s="46">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="65" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:15" ht="12.95" customHeight="1">
       <c r="A65" s="17" t="str">
         <f t="shared" si="9"/>
         <v>Site 4 Name</v>
       </c>
       <c r="B65" s="94"/>
       <c r="C65" s="94"/>
       <c r="D65" s="94"/>
       <c r="E65" s="94"/>
       <c r="F65" s="94"/>
       <c r="G65" s="94"/>
       <c r="H65" s="94"/>
       <c r="I65" s="94"/>
       <c r="J65" s="94"/>
       <c r="K65" s="94"/>
       <c r="L65" s="94"/>
       <c r="M65" s="94"/>
       <c r="N65" s="94"/>
       <c r="O65" s="47">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="66" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:15" ht="12.95" customHeight="1">
       <c r="A66" s="18" t="str">
         <f t="shared" si="9"/>
         <v>Site 5 Name</v>
       </c>
       <c r="B66" s="94"/>
       <c r="C66" s="94"/>
       <c r="D66" s="94"/>
       <c r="E66" s="94"/>
       <c r="F66" s="94"/>
       <c r="G66" s="94"/>
       <c r="H66" s="94"/>
       <c r="I66" s="94"/>
       <c r="J66" s="94"/>
       <c r="K66" s="94"/>
       <c r="L66" s="94"/>
       <c r="M66" s="94"/>
       <c r="N66" s="94"/>
       <c r="O66" s="48">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="67" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:15" ht="12.95" customHeight="1">
       <c r="A67" s="19" t="str">
         <f t="shared" si="9"/>
         <v>Site 6 Name</v>
       </c>
       <c r="B67" s="94"/>
       <c r="C67" s="94"/>
       <c r="D67" s="94"/>
       <c r="E67" s="94"/>
       <c r="F67" s="94"/>
       <c r="G67" s="94"/>
       <c r="H67" s="94"/>
       <c r="I67" s="94"/>
       <c r="J67" s="94"/>
       <c r="K67" s="94"/>
       <c r="L67" s="94"/>
       <c r="M67" s="94"/>
       <c r="N67" s="94"/>
       <c r="O67" s="49">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="68" spans="1:15" s="55" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:15" s="55" customFormat="1" ht="12.95" customHeight="1">
       <c r="A68" s="20" t="str">
         <f t="shared" si="9"/>
         <v>Site 7 Name</v>
       </c>
       <c r="B68" s="94"/>
       <c r="C68" s="94"/>
       <c r="D68" s="94"/>
       <c r="E68" s="94"/>
       <c r="F68" s="94"/>
       <c r="G68" s="94"/>
       <c r="H68" s="94"/>
       <c r="I68" s="94"/>
       <c r="J68" s="94"/>
       <c r="K68" s="94"/>
       <c r="L68" s="94"/>
       <c r="M68" s="94"/>
       <c r="N68" s="94"/>
       <c r="O68" s="50">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="69" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="69" spans="1:15" ht="12.95" customHeight="1">
       <c r="A69" s="21" t="str">
         <f t="shared" si="9"/>
         <v>Site 8 Name</v>
       </c>
       <c r="B69" s="94"/>
       <c r="C69" s="94"/>
       <c r="D69" s="94"/>
       <c r="E69" s="94"/>
       <c r="F69" s="94"/>
       <c r="G69" s="94"/>
       <c r="H69" s="94"/>
       <c r="I69" s="94"/>
       <c r="J69" s="94"/>
       <c r="K69" s="94"/>
       <c r="L69" s="94"/>
       <c r="M69" s="94"/>
       <c r="N69" s="94"/>
       <c r="O69" s="51">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="70" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:15" ht="12.95" customHeight="1">
       <c r="A70" s="22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="B70" s="94"/>
       <c r="C70" s="94"/>
       <c r="D70" s="94"/>
       <c r="E70" s="94"/>
       <c r="F70" s="94"/>
       <c r="G70" s="94"/>
       <c r="H70" s="94"/>
       <c r="I70" s="94"/>
       <c r="J70" s="94"/>
       <c r="K70" s="94"/>
       <c r="L70" s="94"/>
       <c r="M70" s="94"/>
       <c r="N70" s="94"/>
       <c r="O70" s="52">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="71" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:15" ht="12.95" customHeight="1">
       <c r="A71" s="92" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B71" s="93">
         <f>SUM(B62:B70)</f>
         <v>0</v>
       </c>
       <c r="C71" s="93">
         <f t="shared" ref="C71:N71" si="11">SUM(C62:C70)</f>
         <v>0</v>
       </c>
       <c r="D71" s="93">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="E71" s="93">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="F71" s="93">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="G71" s="93">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
@@ -21953,528 +21964,528 @@
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="J71" s="93">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="K71" s="93">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L71" s="93">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="M71" s="93">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N71" s="93">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="O71" s="52"/>
     </row>
-    <row r="72" spans="1:15" ht="7" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="72" spans="1:15" ht="6.95" customHeight="1" thickBot="1">
       <c r="A72" s="9"/>
       <c r="B72" s="12"/>
       <c r="C72" s="3"/>
       <c r="D72" s="3"/>
       <c r="E72" s="3"/>
       <c r="F72" s="3"/>
       <c r="G72" s="3"/>
       <c r="H72" s="3"/>
       <c r="I72" s="3"/>
       <c r="J72" s="3"/>
       <c r="K72" s="3"/>
       <c r="L72" s="3"/>
       <c r="M72" s="3"/>
       <c r="N72" s="3"/>
     </row>
-    <row r="73" spans="1:15" ht="26.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="73" spans="1:15" ht="26.45" customHeight="1" thickBot="1">
       <c r="A73" s="87" t="s">
-        <v>90</v>
+        <v>60</v>
       </c>
       <c r="B73" s="64" t="str">
         <f>A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="C73" s="65" t="str">
         <f>A9</f>
         <v>Site 2 Name</v>
       </c>
       <c r="D73" s="66" t="str">
         <f>A10</f>
         <v>Site 3 Name</v>
       </c>
       <c r="E73" s="67" t="str">
         <f>A11</f>
         <v>Site 4 Name</v>
       </c>
       <c r="F73" s="68" t="str">
         <f>A12</f>
         <v>Site 5 Name</v>
       </c>
       <c r="G73" s="69" t="str">
         <f>A13</f>
         <v>Site 6 Name</v>
       </c>
       <c r="H73" s="70" t="str">
         <f>A14</f>
         <v>Site 7 Name</v>
       </c>
       <c r="I73" s="71" t="str">
         <f>A15</f>
         <v>Site 8 Name</v>
       </c>
       <c r="J73" s="72" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
       <c r="M73" s="3"/>
       <c r="N73" s="3"/>
     </row>
-    <row r="74" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="74" spans="1:15" ht="12.95" customHeight="1">
       <c r="A74" s="10" t="s">
-        <v>8</v>
+        <v>62</v>
       </c>
       <c r="B74" s="76">
         <f>O20</f>
         <v>0</v>
       </c>
       <c r="C74" s="76">
         <f>O21</f>
         <v>0</v>
       </c>
       <c r="D74" s="76">
         <f>O22</f>
         <v>0</v>
       </c>
       <c r="E74" s="76">
         <f>O23</f>
         <v>0</v>
       </c>
       <c r="F74" s="76">
         <f>O24</f>
         <v>0</v>
       </c>
       <c r="G74" s="76">
         <f>O25</f>
         <v>0</v>
       </c>
       <c r="H74" s="76">
         <f>O26</f>
         <v>0</v>
       </c>
       <c r="I74" s="76">
         <f>O27</f>
         <v>0</v>
       </c>
       <c r="J74" s="77">
         <f>O28</f>
         <v>0</v>
       </c>
       <c r="K74" s="3"/>
       <c r="L74" s="3"/>
       <c r="M74" s="3"/>
       <c r="N74" s="3"/>
     </row>
-    <row r="75" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="75" spans="1:15" ht="12.95" customHeight="1">
       <c r="A75" s="11" t="s">
-        <v>9</v>
+        <v>70</v>
       </c>
       <c r="B75" s="4">
         <f>O34</f>
         <v>0</v>
       </c>
       <c r="C75" s="4">
         <f>O35</f>
         <v>0</v>
       </c>
       <c r="D75" s="4">
         <f>O36</f>
         <v>0</v>
       </c>
       <c r="E75" s="4">
         <f>O37</f>
         <v>0</v>
       </c>
       <c r="F75" s="4">
         <f>O38</f>
         <v>0</v>
       </c>
       <c r="G75" s="4">
         <f>O39</f>
         <v>0</v>
       </c>
       <c r="H75" s="4">
         <f>O40</f>
         <v>0</v>
       </c>
       <c r="I75" s="4">
         <f>O41</f>
         <v>0</v>
       </c>
       <c r="J75" s="13">
         <f>O42</f>
         <v>0</v>
       </c>
       <c r="K75" s="3"/>
       <c r="L75" s="3"/>
       <c r="M75" s="3"/>
       <c r="N75" s="3"/>
     </row>
-    <row r="76" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="76" spans="1:15" ht="12.95" customHeight="1">
       <c r="A76" s="11" t="s">
-        <v>10</v>
+        <v>74</v>
       </c>
       <c r="B76" s="4">
         <f>O48</f>
         <v>0</v>
       </c>
       <c r="C76" s="4">
         <f>O49</f>
         <v>0</v>
       </c>
       <c r="D76" s="4">
         <f>O50</f>
         <v>0</v>
       </c>
       <c r="E76" s="4">
         <f>O51</f>
         <v>0</v>
       </c>
       <c r="F76" s="4">
         <f>O52</f>
         <v>0</v>
       </c>
       <c r="G76" s="4">
         <f>O53</f>
         <v>0</v>
       </c>
       <c r="H76" s="4">
         <f>O54</f>
         <v>0</v>
       </c>
       <c r="I76" s="4">
         <f>O55</f>
         <v>0</v>
       </c>
       <c r="J76" s="13">
         <f>O56</f>
         <v>0</v>
       </c>
       <c r="K76" s="3"/>
       <c r="L76" s="3"/>
       <c r="M76" s="3"/>
       <c r="N76" s="3"/>
     </row>
-    <row r="77" spans="1:15" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="77" spans="1:15" ht="12.95" customHeight="1" thickBot="1">
       <c r="A77" s="11" t="s">
-        <v>11</v>
+        <v>79</v>
       </c>
       <c r="B77" s="4">
         <f>O62</f>
         <v>0</v>
       </c>
       <c r="C77" s="4">
         <f>O63</f>
         <v>0</v>
       </c>
       <c r="D77" s="4">
         <f>O64</f>
         <v>0</v>
       </c>
       <c r="E77" s="4">
         <f>O65</f>
         <v>0</v>
       </c>
       <c r="F77" s="4">
         <f>O66</f>
         <v>0</v>
       </c>
       <c r="G77" s="4">
         <f>O67</f>
         <v>0</v>
       </c>
       <c r="H77" s="4">
         <f>O68</f>
         <v>0</v>
       </c>
       <c r="I77" s="4">
         <f>O69</f>
         <v>0</v>
       </c>
       <c r="J77" s="13">
         <f>O70</f>
         <v>0</v>
       </c>
       <c r="K77" s="3"/>
       <c r="L77" s="179" t="s">
-        <v>31</v>
+        <v>75</v>
       </c>
       <c r="M77" s="179"/>
       <c r="N77" s="3"/>
     </row>
-    <row r="78" spans="1:15" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="78" spans="1:15" ht="12.95" customHeight="1" thickBot="1">
       <c r="A78" s="73" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
       <c r="B78" s="74">
         <f t="shared" ref="B78:J78" si="12">(SUM(B74:B77)/(COUNTA(B74:B77)))</f>
         <v>0</v>
       </c>
       <c r="C78" s="74">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="D78" s="74">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="E78" s="74">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="F78" s="74">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="G78" s="74">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="H78" s="74">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="I78" s="74">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="J78" s="75">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="K78" s="56">
         <f>SUM(B78:J78)</f>
         <v>0</v>
       </c>
       <c r="L78" s="179"/>
       <c r="M78" s="179"/>
       <c r="N78" s="91"/>
     </row>
-    <row r="79" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="79" spans="1:15" ht="12.95" customHeight="1">
       <c r="A79" s="60" t="s">
-        <v>33</v>
+        <v>64</v>
       </c>
       <c r="B79" s="3"/>
       <c r="C79" s="3"/>
       <c r="D79" s="3"/>
       <c r="E79" s="3"/>
       <c r="F79" s="3"/>
       <c r="H79" s="3"/>
       <c r="I79" s="3"/>
       <c r="J79" s="3"/>
       <c r="K79" s="5"/>
       <c r="L79" s="3"/>
       <c r="M79" s="3"/>
       <c r="N79" s="3"/>
     </row>
-    <row r="80" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="80" spans="1:15" ht="12.95" customHeight="1">
       <c r="A80" s="2"/>
       <c r="B80" s="3"/>
       <c r="C80" s="3"/>
       <c r="D80" s="3"/>
       <c r="E80" s="3"/>
       <c r="F80" s="3"/>
       <c r="G80" s="3"/>
       <c r="H80" s="3"/>
       <c r="I80" s="3"/>
       <c r="J80" s="3"/>
       <c r="K80" s="3"/>
       <c r="L80" s="3"/>
       <c r="M80" s="3"/>
       <c r="N80" s="3"/>
     </row>
-    <row r="81" spans="1:15" ht="14.6" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="81" spans="1:15" ht="14.45" thickBot="1">
       <c r="A81" s="116" t="s">
-        <v>6</v>
+        <v>65</v>
       </c>
       <c r="B81" s="3"/>
       <c r="C81" s="3"/>
       <c r="D81" s="3"/>
       <c r="E81" s="3"/>
       <c r="F81" s="3"/>
       <c r="G81" s="3"/>
       <c r="H81" s="3"/>
       <c r="I81" s="3"/>
       <c r="J81" s="3"/>
       <c r="K81" s="3"/>
       <c r="L81" s="3"/>
       <c r="M81" s="3"/>
       <c r="N81" s="3"/>
     </row>
-    <row r="82" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="82" spans="1:15">
       <c r="A82" s="81"/>
       <c r="B82" s="82"/>
       <c r="C82" s="82"/>
       <c r="D82" s="82"/>
       <c r="E82" s="82"/>
       <c r="F82" s="82"/>
       <c r="G82" s="82"/>
       <c r="H82" s="82"/>
       <c r="I82" s="82"/>
       <c r="J82" s="82"/>
       <c r="K82" s="82"/>
       <c r="L82" s="82"/>
       <c r="M82" s="82"/>
       <c r="N82" s="82"/>
       <c r="O82" s="88"/>
     </row>
-    <row r="83" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="83" spans="1:15">
       <c r="A83" s="83"/>
       <c r="B83" s="57"/>
       <c r="C83" s="57"/>
       <c r="D83" s="57"/>
       <c r="E83" s="57"/>
       <c r="F83" s="57"/>
       <c r="G83" s="57"/>
       <c r="H83" s="57"/>
       <c r="I83" s="57"/>
       <c r="J83" s="57"/>
       <c r="K83" s="57"/>
       <c r="L83" s="57"/>
       <c r="M83" s="57"/>
       <c r="N83" s="57"/>
       <c r="O83" s="89"/>
     </row>
-    <row r="84" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="84" spans="1:15">
       <c r="A84" s="84"/>
       <c r="B84" s="58"/>
       <c r="C84" s="58"/>
       <c r="D84" s="58"/>
       <c r="E84" s="58"/>
       <c r="F84" s="58"/>
       <c r="G84" s="58"/>
       <c r="H84" s="58"/>
       <c r="I84" s="58"/>
       <c r="J84" s="58"/>
       <c r="K84" s="58"/>
       <c r="L84" s="58"/>
       <c r="M84" s="58"/>
       <c r="N84" s="58"/>
       <c r="O84" s="89"/>
     </row>
-    <row r="85" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="85" spans="1:15">
       <c r="A85" s="83"/>
       <c r="B85" s="57"/>
       <c r="C85" s="57"/>
       <c r="D85" s="57"/>
       <c r="E85" s="57"/>
       <c r="F85" s="57"/>
       <c r="G85" s="57"/>
       <c r="H85" s="57"/>
       <c r="I85" s="57"/>
       <c r="J85" s="57"/>
       <c r="K85" s="57"/>
       <c r="L85" s="57"/>
       <c r="M85" s="57"/>
       <c r="N85" s="57"/>
       <c r="O85" s="89"/>
     </row>
-    <row r="86" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="86" spans="1:15">
       <c r="A86" s="83"/>
       <c r="B86" s="57"/>
       <c r="C86" s="57"/>
       <c r="D86" s="57"/>
       <c r="E86" s="57"/>
       <c r="F86" s="57"/>
       <c r="G86" s="57"/>
       <c r="H86" s="57"/>
       <c r="I86" s="57"/>
       <c r="J86" s="57"/>
       <c r="K86" s="57"/>
       <c r="L86" s="57"/>
       <c r="M86" s="57"/>
       <c r="N86" s="57"/>
       <c r="O86" s="89"/>
     </row>
-    <row r="87" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="87" spans="1:15">
       <c r="A87" s="83"/>
       <c r="B87" s="57"/>
       <c r="C87" s="57"/>
       <c r="D87" s="57"/>
       <c r="E87" s="57"/>
       <c r="F87" s="57"/>
       <c r="G87" s="57"/>
       <c r="H87" s="57"/>
       <c r="I87" s="57"/>
       <c r="J87" s="57"/>
       <c r="K87" s="57"/>
       <c r="L87" s="57"/>
       <c r="M87" s="57"/>
       <c r="N87" s="57"/>
       <c r="O87" s="89"/>
     </row>
-    <row r="88" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="88" spans="1:15">
       <c r="A88" s="83"/>
       <c r="B88" s="57"/>
       <c r="C88" s="57"/>
       <c r="D88" s="57"/>
       <c r="E88" s="57"/>
       <c r="F88" s="57"/>
       <c r="G88" s="57"/>
       <c r="H88" s="57"/>
       <c r="I88" s="57"/>
       <c r="J88" s="57"/>
       <c r="K88" s="57"/>
       <c r="L88" s="57"/>
       <c r="M88" s="57"/>
       <c r="N88" s="57"/>
       <c r="O88" s="89"/>
     </row>
-    <row r="89" spans="1:15" x14ac:dyDescent="0.35">
+    <row r="89" spans="1:15">
       <c r="A89" s="83"/>
       <c r="B89" s="57"/>
       <c r="C89" s="57"/>
       <c r="D89" s="57"/>
       <c r="E89" s="57"/>
       <c r="F89" s="57"/>
       <c r="G89" s="57"/>
       <c r="H89" s="57"/>
       <c r="I89" s="57"/>
       <c r="J89" s="57"/>
       <c r="K89" s="57"/>
       <c r="L89" s="57"/>
       <c r="M89" s="57"/>
       <c r="N89" s="57"/>
       <c r="O89" s="89"/>
     </row>
-    <row r="90" spans="1:15" ht="14.6" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="90" spans="1:15" ht="14.45" thickBot="1">
       <c r="A90" s="85"/>
       <c r="B90" s="86"/>
       <c r="C90" s="86"/>
       <c r="D90" s="86"/>
       <c r="E90" s="86"/>
       <c r="F90" s="86"/>
       <c r="G90" s="86"/>
       <c r="H90" s="86"/>
       <c r="I90" s="86"/>
       <c r="J90" s="86"/>
       <c r="K90" s="86"/>
       <c r="L90" s="86"/>
       <c r="M90" s="86"/>
       <c r="N90" s="86"/>
       <c r="O90" s="90"/>
     </row>
   </sheetData>
   <mergeCells count="50">
     <mergeCell ref="L10:N10"/>
     <mergeCell ref="L9:N9"/>
     <mergeCell ref="L8:N8"/>
     <mergeCell ref="L77:M78"/>
     <mergeCell ref="L14:N14"/>
     <mergeCell ref="L15:N15"/>
     <mergeCell ref="L13:N13"/>
@@ -22562,643 +22573,642 @@
       <formula>1</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Program Name" prompt="Enter the name of your program as it appears in ADS." sqref="C4:N4" xr:uid="{2782020B-420C-4901-9D45-D65C3031B5BA}"/>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="A2:O2" location="Instructions!A1" display="Follow the ACGME Rural Track Program Block Diagram Instructions to complete this template. " xr:uid="{EB248C59-8CFF-4DF7-B5B4-C2D3ABD12D9F}"/>
   </hyperlinks>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0.3" footer="0.3"/>
   <pageSetup scale="84" orientation="landscape" verticalDpi="1200" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="44" max="14" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D2414E2B-3D9E-46FA-9C3F-9F91E0B7423D}">
   <sheetPr>
     <tabColor rgb="FF046735"/>
   </sheetPr>
   <dimension ref="A1:O90"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="K21" sqref="K21"/>
+      <selection activeCell="I20" sqref="I20"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0.84375" defaultRowHeight="14.15" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="0.85546875" defaultRowHeight="14.1"/>
   <cols>
-    <col min="1" max="1" width="21.3046875" style="39" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="15" max="16384" width="0.84375" style="39"/>
+    <col min="1" max="1" width="21.5703125" style="39" customWidth="1"/>
+    <col min="2" max="14" width="11.28515625" style="39" customWidth="1"/>
+    <col min="15" max="16384" width="0.85546875" style="39"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:14" ht="25.5" customHeight="1">
       <c r="A1" s="145" t="s">
-        <v>67</v>
+        <v>80</v>
       </c>
       <c r="B1" s="145"/>
       <c r="C1" s="145"/>
       <c r="D1" s="145"/>
       <c r="E1" s="145"/>
       <c r="F1" s="145"/>
       <c r="G1" s="145"/>
       <c r="H1" s="145"/>
       <c r="I1" s="145"/>
       <c r="J1" s="145"/>
       <c r="K1" s="145"/>
       <c r="L1" s="145"/>
       <c r="M1" s="145"/>
       <c r="N1" s="145"/>
     </row>
-    <row r="2" spans="1:14" ht="15" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:14" ht="15.6">
       <c r="A2" s="146" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="B2" s="146"/>
       <c r="C2" s="146"/>
       <c r="D2" s="146"/>
       <c r="E2" s="146"/>
       <c r="F2" s="146"/>
       <c r="G2" s="146"/>
       <c r="H2" s="146"/>
       <c r="I2" s="146"/>
       <c r="J2" s="146"/>
       <c r="K2" s="146"/>
       <c r="L2" s="146"/>
       <c r="M2" s="146"/>
       <c r="N2" s="146"/>
     </row>
-    <row r="3" spans="1:14" ht="11.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A3" s="63"/>
       <c r="B3" s="63"/>
       <c r="C3" s="63"/>
       <c r="D3" s="63"/>
       <c r="E3" s="63"/>
       <c r="F3" s="63"/>
       <c r="G3" s="63"/>
       <c r="H3" s="63"/>
       <c r="I3" s="63"/>
       <c r="J3" s="63"/>
       <c r="K3" s="63"/>
       <c r="L3" s="63"/>
       <c r="M3" s="63"/>
       <c r="N3" s="63"/>
     </row>
-    <row r="4" spans="1:14" ht="18" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="4" spans="1:14" ht="18.600000000000001" thickBot="1">
       <c r="A4" s="147" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B4" s="148"/>
       <c r="C4" s="149" t="s">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="D4" s="149"/>
       <c r="E4" s="149"/>
       <c r="F4" s="149"/>
       <c r="G4" s="149"/>
       <c r="H4" s="149"/>
       <c r="I4" s="149"/>
       <c r="J4" s="149"/>
       <c r="K4" s="149"/>
       <c r="L4" s="149"/>
       <c r="M4" s="151"/>
       <c r="N4" s="38"/>
     </row>
-    <row r="5" spans="1:14" ht="7" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="5" spans="1:14" ht="6.95" customHeight="1" thickBot="1">
       <c r="A5" s="40"/>
       <c r="B5" s="40"/>
       <c r="C5" s="41"/>
       <c r="D5" s="41"/>
       <c r="E5" s="41"/>
       <c r="F5" s="41"/>
       <c r="G5" s="41"/>
       <c r="H5" s="41"/>
       <c r="I5" s="41"/>
       <c r="J5" s="41"/>
       <c r="K5" s="41"/>
       <c r="L5" s="41"/>
       <c r="M5" s="41"/>
       <c r="N5" s="38"/>
     </row>
-    <row r="6" spans="1:14" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:14" ht="18" customHeight="1" thickBot="1">
       <c r="A6" s="61" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="B6" s="12" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C6" s="41"/>
       <c r="D6" s="41"/>
       <c r="E6" s="41"/>
       <c r="F6" s="41"/>
       <c r="G6" s="41"/>
       <c r="H6" s="41"/>
       <c r="I6" s="41"/>
       <c r="J6" s="41"/>
       <c r="K6" s="41"/>
       <c r="L6" s="152" t="s">
-        <v>79</v>
+        <v>37</v>
       </c>
       <c r="M6" s="153"/>
       <c r="N6" s="154"/>
     </row>
-    <row r="7" spans="1:14" ht="24.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="7" spans="1:14" ht="24.6" customHeight="1" thickBot="1">
       <c r="A7" s="29" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="B7" s="158" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="C7" s="158"/>
       <c r="D7" s="158" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="E7" s="158"/>
       <c r="F7" s="158" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="G7" s="158"/>
       <c r="H7" s="117" t="s">
-        <v>75</v>
+        <v>42</v>
       </c>
       <c r="I7" s="117" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="J7" s="159" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="K7" s="160"/>
       <c r="L7" s="155"/>
       <c r="M7" s="156"/>
       <c r="N7" s="157"/>
     </row>
-    <row r="8" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:14" ht="15.6" customHeight="1">
       <c r="A8" s="30" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="B8" s="168"/>
       <c r="C8" s="168"/>
       <c r="D8" s="169"/>
       <c r="E8" s="169"/>
       <c r="F8" s="169"/>
       <c r="G8" s="169"/>
       <c r="H8" s="25"/>
       <c r="I8" s="25"/>
       <c r="J8" s="170"/>
       <c r="K8" s="171"/>
       <c r="L8" s="172"/>
       <c r="M8" s="173"/>
       <c r="N8" s="174"/>
     </row>
-    <row r="9" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:14" ht="15.6" customHeight="1">
       <c r="A9" s="31" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="B9" s="161"/>
       <c r="C9" s="161"/>
       <c r="D9" s="162"/>
       <c r="E9" s="162"/>
       <c r="F9" s="162"/>
       <c r="G9" s="162"/>
       <c r="H9" s="27"/>
       <c r="I9" s="27"/>
       <c r="J9" s="163"/>
       <c r="K9" s="164"/>
       <c r="L9" s="165"/>
       <c r="M9" s="166"/>
       <c r="N9" s="167"/>
     </row>
-    <row r="10" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:14" ht="15.6" customHeight="1">
       <c r="A10" s="32" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="B10" s="176"/>
       <c r="C10" s="176"/>
       <c r="D10" s="162"/>
       <c r="E10" s="162"/>
       <c r="F10" s="162"/>
       <c r="G10" s="162"/>
       <c r="H10" s="27"/>
       <c r="I10" s="27"/>
       <c r="J10" s="163"/>
       <c r="K10" s="164"/>
       <c r="L10" s="165"/>
       <c r="M10" s="166"/>
       <c r="N10" s="167"/>
     </row>
-    <row r="11" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:14" ht="15.6" customHeight="1">
       <c r="A11" s="33" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="B11" s="175"/>
       <c r="C11" s="175"/>
       <c r="D11" s="162"/>
       <c r="E11" s="162"/>
       <c r="F11" s="162"/>
       <c r="G11" s="162"/>
       <c r="H11" s="27"/>
       <c r="I11" s="27"/>
       <c r="J11" s="163"/>
       <c r="K11" s="164"/>
       <c r="L11" s="165"/>
       <c r="M11" s="166"/>
       <c r="N11" s="167"/>
     </row>
-    <row r="12" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:14" ht="15.6" customHeight="1">
       <c r="A12" s="34" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="B12" s="178"/>
       <c r="C12" s="178"/>
       <c r="D12" s="162"/>
       <c r="E12" s="162"/>
       <c r="F12" s="162"/>
       <c r="G12" s="162"/>
       <c r="H12" s="27"/>
       <c r="I12" s="27"/>
       <c r="J12" s="163"/>
       <c r="K12" s="164"/>
       <c r="L12" s="165"/>
       <c r="M12" s="166"/>
       <c r="N12" s="167"/>
     </row>
-    <row r="13" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:14" ht="15.6" customHeight="1">
       <c r="A13" s="35" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="B13" s="177"/>
       <c r="C13" s="177"/>
       <c r="D13" s="162"/>
       <c r="E13" s="162"/>
       <c r="F13" s="162"/>
       <c r="G13" s="162"/>
       <c r="H13" s="27"/>
       <c r="I13" s="27"/>
       <c r="J13" s="163"/>
       <c r="K13" s="164"/>
       <c r="L13" s="165"/>
       <c r="M13" s="166"/>
       <c r="N13" s="167"/>
     </row>
-    <row r="14" spans="1:14" ht="15.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:14" ht="15.6" customHeight="1">
       <c r="A14" s="36" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="B14" s="180"/>
       <c r="C14" s="180"/>
       <c r="D14" s="162"/>
       <c r="E14" s="162"/>
       <c r="F14" s="162"/>
       <c r="G14" s="162"/>
       <c r="H14" s="27"/>
       <c r="I14" s="27"/>
       <c r="J14" s="163"/>
       <c r="K14" s="164"/>
       <c r="L14" s="165"/>
       <c r="M14" s="166"/>
       <c r="N14" s="167"/>
     </row>
-    <row r="15" spans="1:14" ht="15.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="15" spans="1:14" ht="15.6" customHeight="1" thickBot="1">
       <c r="A15" s="37" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="B15" s="181"/>
       <c r="C15" s="181"/>
       <c r="D15" s="182"/>
       <c r="E15" s="182"/>
       <c r="F15" s="182"/>
       <c r="G15" s="182"/>
       <c r="H15" s="28"/>
       <c r="I15" s="28"/>
       <c r="J15" s="183"/>
       <c r="K15" s="184"/>
       <c r="L15" s="185"/>
       <c r="M15" s="186"/>
       <c r="N15" s="187"/>
     </row>
-    <row r="16" spans="1:14" ht="6.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:14" ht="6.6" customHeight="1">
       <c r="A16" s="42"/>
       <c r="B16" s="38"/>
       <c r="C16" s="38"/>
       <c r="D16" s="38"/>
       <c r="E16" s="38"/>
       <c r="F16" s="38"/>
       <c r="G16" s="38"/>
       <c r="H16" s="38"/>
       <c r="I16" s="38"/>
       <c r="J16" s="38"/>
       <c r="K16" s="38"/>
       <c r="L16" s="38"/>
       <c r="M16" s="38"/>
       <c r="N16" s="38"/>
     </row>
-    <row r="17" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:14" ht="12.95" customHeight="1">
       <c r="A17" s="59" t="s">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="B17" s="62" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="6"/>
       <c r="E17" s="6"/>
       <c r="F17" s="6"/>
       <c r="G17" s="6"/>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="6"/>
       <c r="N17" s="38"/>
     </row>
-    <row r="18" spans="1:14" s="43" customFormat="1" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="18" spans="1:14" s="43" customFormat="1" ht="12.95" customHeight="1" thickBot="1">
       <c r="A18" s="7" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="B18" s="1">
         <v>1</v>
       </c>
       <c r="C18" s="1">
         <v>2</v>
       </c>
       <c r="D18" s="1">
         <v>3</v>
       </c>
       <c r="E18" s="1">
         <v>4</v>
       </c>
       <c r="F18" s="1">
         <v>5</v>
       </c>
       <c r="G18" s="1">
         <v>6</v>
       </c>
       <c r="H18" s="1">
         <v>7</v>
       </c>
       <c r="I18" s="1">
         <v>8</v>
       </c>
       <c r="J18" s="1">
         <v>9</v>
       </c>
       <c r="K18" s="1">
         <v>10</v>
       </c>
       <c r="L18" s="1">
         <v>11</v>
       </c>
       <c r="M18" s="1">
         <v>12</v>
       </c>
       <c r="N18" s="42" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14" s="43" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" s="43" customFormat="1" ht="12.95" customHeight="1">
       <c r="A19" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B19" s="25"/>
       <c r="C19" s="25"/>
       <c r="D19" s="25"/>
       <c r="E19" s="25"/>
       <c r="F19" s="25"/>
       <c r="G19" s="25"/>
       <c r="H19" s="25"/>
       <c r="I19" s="25"/>
       <c r="J19" s="25"/>
       <c r="K19" s="25"/>
       <c r="L19" s="25"/>
       <c r="M19" s="25"/>
       <c r="N19" s="42"/>
     </row>
-    <row r="20" spans="1:14" s="43" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:14" s="43" customFormat="1" ht="12.95" customHeight="1">
       <c r="A20" s="16" t="str">
         <f t="shared" ref="A20:A27" si="0">A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="B20" s="94"/>
       <c r="C20" s="94"/>
       <c r="D20" s="94"/>
       <c r="E20" s="94"/>
       <c r="F20" s="94"/>
       <c r="G20" s="94"/>
       <c r="H20" s="94"/>
       <c r="I20" s="94"/>
       <c r="J20" s="94"/>
       <c r="K20" s="94"/>
       <c r="L20" s="94"/>
       <c r="M20" s="94"/>
       <c r="N20" s="44">
         <f>(SUM(B20:M20)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:14" s="43" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:14" s="43" customFormat="1" ht="12.95" customHeight="1">
       <c r="A21" s="15" t="str">
         <f t="shared" si="0"/>
         <v>Site 2 Name</v>
       </c>
       <c r="B21" s="94"/>
       <c r="C21" s="94"/>
       <c r="D21" s="94"/>
       <c r="E21" s="94"/>
       <c r="F21" s="94"/>
       <c r="G21" s="94"/>
       <c r="H21" s="94"/>
       <c r="I21" s="94"/>
       <c r="J21" s="94"/>
       <c r="K21" s="94"/>
       <c r="L21" s="94"/>
       <c r="M21" s="94"/>
       <c r="N21" s="45">
         <f>(SUM(B21:M21)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:14" ht="12.95" customHeight="1">
       <c r="A22" s="14" t="str">
         <f t="shared" si="0"/>
         <v>Site 3 Name</v>
       </c>
       <c r="B22" s="94"/>
       <c r="C22" s="94"/>
       <c r="D22" s="94"/>
       <c r="E22" s="94"/>
       <c r="F22" s="94"/>
       <c r="G22" s="94"/>
       <c r="H22" s="94"/>
       <c r="I22" s="94"/>
       <c r="J22" s="94"/>
       <c r="K22" s="94"/>
       <c r="L22" s="94"/>
       <c r="M22" s="94"/>
       <c r="N22" s="46">
         <f t="shared" ref="N22:N28" si="1">(SUM(B22:M22)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:14" ht="12.95" customHeight="1">
       <c r="A23" s="17" t="str">
         <f t="shared" si="0"/>
         <v>Site 4 Name</v>
       </c>
       <c r="B23" s="94"/>
       <c r="C23" s="94"/>
       <c r="D23" s="94"/>
       <c r="E23" s="94"/>
       <c r="F23" s="94"/>
       <c r="G23" s="94"/>
       <c r="H23" s="94"/>
       <c r="I23" s="94"/>
       <c r="J23" s="94"/>
       <c r="K23" s="94"/>
       <c r="L23" s="94"/>
       <c r="M23" s="94"/>
       <c r="N23" s="47">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:14" ht="12.95" customHeight="1">
       <c r="A24" s="18" t="str">
         <f t="shared" si="0"/>
         <v>Site 5 Name</v>
       </c>
       <c r="B24" s="94"/>
       <c r="C24" s="94"/>
       <c r="D24" s="94"/>
       <c r="E24" s="94"/>
       <c r="F24" s="94"/>
       <c r="G24" s="94"/>
       <c r="H24" s="94"/>
       <c r="I24" s="94"/>
       <c r="J24" s="94"/>
       <c r="K24" s="94"/>
       <c r="L24" s="94"/>
       <c r="M24" s="94"/>
       <c r="N24" s="48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:14" ht="12.95" customHeight="1">
       <c r="A25" s="19" t="str">
         <f t="shared" si="0"/>
         <v>Site 6 Name</v>
       </c>
       <c r="B25" s="94"/>
       <c r="C25" s="94"/>
       <c r="D25" s="94"/>
       <c r="E25" s="94"/>
       <c r="F25" s="94"/>
       <c r="G25" s="94"/>
       <c r="H25" s="94"/>
       <c r="I25" s="94"/>
       <c r="J25" s="94"/>
       <c r="K25" s="94"/>
       <c r="L25" s="94"/>
       <c r="M25" s="94"/>
       <c r="N25" s="49">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:14" ht="12.95" customHeight="1">
       <c r="A26" s="20" t="str">
         <f t="shared" si="0"/>
         <v>Site 7 Name</v>
       </c>
       <c r="B26" s="94"/>
       <c r="C26" s="94"/>
       <c r="D26" s="94"/>
       <c r="E26" s="94"/>
       <c r="F26" s="94"/>
       <c r="G26" s="94"/>
       <c r="H26" s="94"/>
       <c r="I26" s="94"/>
       <c r="J26" s="94"/>
       <c r="K26" s="94"/>
       <c r="L26" s="94"/>
       <c r="M26" s="94"/>
       <c r="N26" s="50">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:14" ht="12.95" customHeight="1">
       <c r="A27" s="21" t="str">
         <f t="shared" si="0"/>
         <v>Site 8 Name</v>
       </c>
       <c r="B27" s="94"/>
       <c r="C27" s="94"/>
       <c r="D27" s="94"/>
       <c r="E27" s="94"/>
       <c r="F27" s="94"/>
       <c r="G27" s="94"/>
       <c r="H27" s="94"/>
       <c r="I27" s="94"/>
       <c r="J27" s="94"/>
       <c r="K27" s="94"/>
       <c r="L27" s="94"/>
       <c r="M27" s="94"/>
       <c r="N27" s="51">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:14" ht="12.95" customHeight="1">
       <c r="A28" s="22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="B28" s="94"/>
       <c r="C28" s="94"/>
       <c r="D28" s="94"/>
       <c r="E28" s="94"/>
       <c r="F28" s="94"/>
       <c r="G28" s="94"/>
       <c r="H28" s="94"/>
       <c r="I28" s="94"/>
       <c r="J28" s="94"/>
       <c r="K28" s="94"/>
       <c r="L28" s="94"/>
       <c r="M28" s="94"/>
       <c r="N28" s="52">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:14" ht="12.95" customHeight="1">
       <c r="A29" s="92" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B29" s="93">
         <f>SUM(B20:B28)</f>
         <v>0</v>
       </c>
       <c r="C29" s="93">
         <f t="shared" ref="C29:M29" si="2">SUM(C20:C28)</f>
         <v>0</v>
       </c>
       <c r="D29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="E29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="F29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="G29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
@@ -23206,348 +23216,348 @@
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="I29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="J29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="K29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="L29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="M29" s="93">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
       <c r="N29" s="52"/>
     </row>
-    <row r="30" spans="1:14" ht="7" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:14" ht="6.95" customHeight="1">
       <c r="A30" s="23"/>
       <c r="B30" s="24"/>
       <c r="C30" s="24"/>
       <c r="D30" s="24"/>
       <c r="E30" s="24"/>
       <c r="F30" s="24"/>
       <c r="G30" s="24"/>
       <c r="H30" s="24"/>
       <c r="I30" s="24"/>
       <c r="J30" s="24"/>
       <c r="K30" s="24"/>
       <c r="L30" s="24"/>
       <c r="M30" s="24"/>
       <c r="N30" s="53"/>
     </row>
-    <row r="31" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:14" ht="12.95" customHeight="1">
       <c r="A31" s="59" t="s">
-        <v>2</v>
+        <v>69</v>
       </c>
       <c r="B31" s="62" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3"/>
       <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="3"/>
       <c r="J31" s="3"/>
       <c r="K31" s="3"/>
       <c r="L31" s="3"/>
       <c r="M31" s="3"/>
       <c r="N31" s="38"/>
     </row>
-    <row r="32" spans="1:14" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="32" spans="1:14" ht="12.95" customHeight="1" thickBot="1">
       <c r="A32" s="7" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="B32" s="1">
         <v>1</v>
       </c>
       <c r="C32" s="1">
         <v>2</v>
       </c>
       <c r="D32" s="1">
         <v>3</v>
       </c>
       <c r="E32" s="1">
         <v>4</v>
       </c>
       <c r="F32" s="1">
         <v>5</v>
       </c>
       <c r="G32" s="1">
         <v>6</v>
       </c>
       <c r="H32" s="1">
         <v>7</v>
       </c>
       <c r="I32" s="1">
         <v>8</v>
       </c>
       <c r="J32" s="1">
         <v>9</v>
       </c>
       <c r="K32" s="1">
         <v>10</v>
       </c>
       <c r="L32" s="1">
         <v>11</v>
       </c>
       <c r="M32" s="1">
         <v>12</v>
       </c>
       <c r="N32" s="42" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="33" spans="1:15" ht="12.95" customHeight="1">
       <c r="A33" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B33" s="25"/>
       <c r="C33" s="25"/>
       <c r="D33" s="25"/>
       <c r="E33" s="25"/>
       <c r="F33" s="25"/>
       <c r="G33" s="25"/>
       <c r="H33" s="25"/>
       <c r="I33" s="25"/>
       <c r="J33" s="25"/>
       <c r="K33" s="25"/>
       <c r="L33" s="25"/>
       <c r="M33" s="25"/>
       <c r="N33" s="42"/>
     </row>
-    <row r="34" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="34" spans="1:15" ht="12.95" customHeight="1">
       <c r="A34" s="16" t="str">
         <f t="shared" ref="A34:A41" si="3">A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="B34" s="26"/>
       <c r="C34" s="94"/>
       <c r="D34" s="94"/>
       <c r="E34" s="94"/>
       <c r="F34" s="94"/>
       <c r="G34" s="94"/>
       <c r="H34" s="94"/>
       <c r="I34" s="94"/>
       <c r="J34" s="94"/>
       <c r="K34" s="94"/>
       <c r="L34" s="94"/>
       <c r="M34" s="94"/>
       <c r="N34" s="44">
         <f>(SUM(B34:M34)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="35" spans="1:15" ht="12.95" customHeight="1">
       <c r="A35" s="15" t="str">
         <f t="shared" si="3"/>
         <v>Site 2 Name</v>
       </c>
       <c r="B35" s="26"/>
       <c r="C35" s="94"/>
       <c r="D35" s="94"/>
       <c r="E35" s="94"/>
       <c r="F35" s="94"/>
       <c r="G35" s="94"/>
       <c r="H35" s="94"/>
       <c r="I35" s="94"/>
       <c r="J35" s="94"/>
       <c r="K35" s="94"/>
       <c r="L35" s="94"/>
       <c r="M35" s="94"/>
       <c r="N35" s="45">
         <f>(SUM(B35:M35)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="36" spans="1:15" ht="12.95" customHeight="1">
       <c r="A36" s="14" t="str">
         <f t="shared" si="3"/>
         <v>Site 3 Name</v>
       </c>
       <c r="B36" s="94"/>
       <c r="C36" s="94"/>
       <c r="D36" s="94"/>
       <c r="E36" s="94"/>
       <c r="F36" s="94"/>
       <c r="G36" s="94"/>
       <c r="H36" s="94"/>
       <c r="I36" s="94"/>
       <c r="J36" s="94"/>
       <c r="K36" s="94"/>
       <c r="L36" s="94"/>
       <c r="M36" s="94"/>
       <c r="N36" s="46">
         <f t="shared" ref="N36:N42" si="4">(SUM(B36:M36)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:15" ht="12.95" customHeight="1">
       <c r="A37" s="17" t="str">
         <f t="shared" si="3"/>
         <v>Site 4 Name</v>
       </c>
       <c r="B37" s="94"/>
       <c r="C37" s="94"/>
       <c r="D37" s="94"/>
       <c r="E37" s="94"/>
       <c r="F37" s="94"/>
       <c r="G37" s="94"/>
       <c r="H37" s="94"/>
       <c r="I37" s="94"/>
       <c r="J37" s="94"/>
       <c r="K37" s="94"/>
       <c r="L37" s="94"/>
       <c r="M37" s="94"/>
       <c r="N37" s="47">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:15" ht="12.95" customHeight="1">
       <c r="A38" s="18" t="str">
         <f t="shared" si="3"/>
         <v>Site 5 Name</v>
       </c>
       <c r="B38" s="94"/>
       <c r="C38" s="94"/>
       <c r="D38" s="94"/>
       <c r="E38" s="94"/>
       <c r="F38" s="94"/>
       <c r="G38" s="94"/>
       <c r="H38" s="94"/>
       <c r="I38" s="94"/>
       <c r="J38" s="94"/>
       <c r="K38" s="94"/>
       <c r="L38" s="94"/>
       <c r="M38" s="94"/>
       <c r="N38" s="48">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:15" ht="12.95" customHeight="1">
       <c r="A39" s="19" t="str">
         <f t="shared" si="3"/>
         <v>Site 6 Name</v>
       </c>
       <c r="B39" s="94"/>
       <c r="C39" s="94"/>
       <c r="D39" s="94"/>
       <c r="E39" s="94"/>
       <c r="F39" s="94"/>
       <c r="G39" s="94"/>
       <c r="H39" s="94"/>
       <c r="I39" s="94"/>
       <c r="J39" s="94"/>
       <c r="K39" s="94"/>
       <c r="L39" s="94"/>
       <c r="M39" s="94"/>
       <c r="N39" s="49">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="40" spans="1:15" ht="12.95" customHeight="1">
       <c r="A40" s="20" t="str">
         <f t="shared" si="3"/>
         <v>Site 7 Name</v>
       </c>
       <c r="B40" s="94"/>
       <c r="C40" s="94"/>
       <c r="D40" s="94"/>
       <c r="E40" s="94"/>
       <c r="F40" s="94"/>
       <c r="G40" s="94"/>
       <c r="H40" s="94"/>
       <c r="I40" s="94"/>
       <c r="J40" s="94"/>
       <c r="K40" s="94"/>
       <c r="L40" s="94"/>
       <c r="M40" s="94"/>
       <c r="N40" s="50">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:15" ht="12.95" customHeight="1">
       <c r="A41" s="21" t="str">
         <f t="shared" si="3"/>
         <v>Site 8 Name</v>
       </c>
       <c r="B41" s="94"/>
       <c r="C41" s="94"/>
       <c r="D41" s="94"/>
       <c r="E41" s="94"/>
       <c r="F41" s="94"/>
       <c r="G41" s="94"/>
       <c r="H41" s="94"/>
       <c r="I41" s="94"/>
       <c r="J41" s="94"/>
       <c r="K41" s="94"/>
       <c r="L41" s="94"/>
       <c r="M41" s="94"/>
       <c r="N41" s="51">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:15" ht="12.95" customHeight="1">
       <c r="A42" s="22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="B42" s="94"/>
       <c r="C42" s="94"/>
       <c r="D42" s="94"/>
       <c r="E42" s="94"/>
       <c r="F42" s="94"/>
       <c r="G42" s="94"/>
       <c r="H42" s="94"/>
       <c r="I42" s="94"/>
       <c r="J42" s="94"/>
       <c r="K42" s="94"/>
       <c r="L42" s="94"/>
       <c r="M42" s="94"/>
       <c r="N42" s="52">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="43" spans="1:15" ht="12.95" customHeight="1">
       <c r="A43" s="92" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B43" s="93">
         <f>SUM(B34:B42)</f>
         <v>0</v>
       </c>
       <c r="C43" s="93">
         <f t="shared" ref="C43:M43" si="5">SUM(C34:C42)</f>
         <v>0</v>
       </c>
       <c r="D43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="E43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="F43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
@@ -23555,349 +23565,349 @@
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="I43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="J43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="K43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="L43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="M43" s="93">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="N43" s="52"/>
     </row>
-    <row r="44" spans="1:15" ht="7" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:15" ht="6.95" customHeight="1">
       <c r="A44" s="23"/>
       <c r="B44" s="24"/>
       <c r="C44" s="24"/>
       <c r="D44" s="24"/>
       <c r="E44" s="24"/>
       <c r="F44" s="24"/>
       <c r="G44" s="24"/>
       <c r="H44" s="24"/>
       <c r="I44" s="24"/>
       <c r="J44" s="24"/>
       <c r="K44" s="24"/>
       <c r="L44" s="24"/>
       <c r="M44" s="24"/>
       <c r="N44" s="53"/>
       <c r="O44" s="54"/>
     </row>
-    <row r="45" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:15" ht="12.95" customHeight="1">
       <c r="A45" s="59" t="s">
-        <v>3</v>
+        <v>73</v>
       </c>
       <c r="B45" s="62" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
       <c r="M45" s="3"/>
       <c r="N45" s="38"/>
     </row>
-    <row r="46" spans="1:15" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="46" spans="1:15" ht="12.95" customHeight="1" thickBot="1">
       <c r="A46" s="7" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="B46" s="1">
         <v>1</v>
       </c>
       <c r="C46" s="1">
         <v>2</v>
       </c>
       <c r="D46" s="1">
         <v>3</v>
       </c>
       <c r="E46" s="1">
         <v>4</v>
       </c>
       <c r="F46" s="1">
         <v>5</v>
       </c>
       <c r="G46" s="1">
         <v>6</v>
       </c>
       <c r="H46" s="1">
         <v>7</v>
       </c>
       <c r="I46" s="1">
         <v>8</v>
       </c>
       <c r="J46" s="1">
         <v>9</v>
       </c>
       <c r="K46" s="1">
         <v>10</v>
       </c>
       <c r="L46" s="1">
         <v>11</v>
       </c>
       <c r="M46" s="1">
         <v>12</v>
       </c>
       <c r="N46" s="42" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="47" spans="1:15" ht="12.95" customHeight="1">
       <c r="A47" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B47" s="25"/>
       <c r="C47" s="25"/>
       <c r="D47" s="25"/>
       <c r="E47" s="25"/>
       <c r="F47" s="25"/>
       <c r="G47" s="25"/>
       <c r="H47" s="25"/>
       <c r="I47" s="25"/>
       <c r="J47" s="25"/>
       <c r="K47" s="25"/>
       <c r="L47" s="25"/>
       <c r="M47" s="25"/>
       <c r="N47" s="42"/>
     </row>
-    <row r="48" spans="1:15" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:15" ht="12.95" customHeight="1">
       <c r="A48" s="16" t="str">
         <f t="shared" ref="A48:A55" si="6">A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="B48" s="94"/>
       <c r="C48" s="94"/>
       <c r="D48" s="94"/>
       <c r="E48" s="94"/>
       <c r="F48" s="94"/>
       <c r="G48" s="94"/>
       <c r="H48" s="94"/>
       <c r="I48" s="94"/>
       <c r="J48" s="94"/>
       <c r="K48" s="94"/>
       <c r="L48" s="94"/>
       <c r="M48" s="94"/>
       <c r="N48" s="44">
         <f>(SUM(B48:M48)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="49" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:14" ht="12.95" customHeight="1">
       <c r="A49" s="15" t="str">
         <f t="shared" si="6"/>
         <v>Site 2 Name</v>
       </c>
       <c r="B49" s="94"/>
       <c r="C49" s="94"/>
       <c r="D49" s="94"/>
       <c r="E49" s="94"/>
       <c r="F49" s="94"/>
       <c r="G49" s="94"/>
       <c r="H49" s="94"/>
       <c r="I49" s="94"/>
       <c r="J49" s="94"/>
       <c r="K49" s="94"/>
       <c r="L49" s="94"/>
       <c r="M49" s="94"/>
       <c r="N49" s="45">
         <f>(SUM(B49:M49)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="50" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:14" ht="12.95" customHeight="1">
       <c r="A50" s="14" t="str">
         <f t="shared" si="6"/>
         <v>Site 3 Name</v>
       </c>
       <c r="B50" s="94"/>
       <c r="C50" s="94"/>
       <c r="D50" s="94"/>
       <c r="E50" s="94"/>
       <c r="F50" s="94"/>
       <c r="G50" s="94"/>
       <c r="H50" s="94"/>
       <c r="I50" s="94"/>
       <c r="J50" s="94"/>
       <c r="K50" s="94"/>
       <c r="L50" s="94"/>
       <c r="M50" s="94"/>
       <c r="N50" s="46">
         <f t="shared" ref="N50:N56" si="7">(SUM(B50:M50)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="51" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:14" ht="12.95" customHeight="1">
       <c r="A51" s="17" t="str">
         <f t="shared" si="6"/>
         <v>Site 4 Name</v>
       </c>
       <c r="B51" s="94"/>
       <c r="C51" s="94"/>
       <c r="D51" s="94"/>
       <c r="E51" s="94"/>
       <c r="F51" s="94"/>
       <c r="G51" s="94"/>
       <c r="H51" s="94"/>
       <c r="I51" s="94"/>
       <c r="J51" s="94"/>
       <c r="K51" s="94"/>
       <c r="L51" s="94"/>
       <c r="M51" s="94"/>
       <c r="N51" s="47">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="52" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:14" ht="12.95" customHeight="1">
       <c r="A52" s="18" t="str">
         <f t="shared" si="6"/>
         <v>Site 5 Name</v>
       </c>
       <c r="B52" s="94"/>
       <c r="C52" s="94"/>
       <c r="D52" s="94"/>
       <c r="E52" s="94"/>
       <c r="F52" s="94"/>
       <c r="G52" s="94"/>
       <c r="H52" s="94"/>
       <c r="I52" s="94"/>
       <c r="J52" s="94"/>
       <c r="K52" s="94"/>
       <c r="L52" s="94"/>
       <c r="M52" s="94"/>
       <c r="N52" s="48">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="53" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:14" ht="12.95" customHeight="1">
       <c r="A53" s="19" t="str">
         <f t="shared" si="6"/>
         <v>Site 6 Name</v>
       </c>
       <c r="B53" s="94"/>
       <c r="C53" s="94"/>
       <c r="D53" s="94"/>
       <c r="E53" s="94"/>
       <c r="F53" s="94"/>
       <c r="G53" s="94"/>
       <c r="H53" s="94"/>
       <c r="I53" s="94"/>
       <c r="J53" s="94"/>
       <c r="K53" s="94"/>
       <c r="L53" s="94"/>
       <c r="M53" s="94"/>
       <c r="N53" s="49">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="54" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="54" spans="1:14" ht="12.95" customHeight="1">
       <c r="A54" s="20" t="str">
         <f t="shared" si="6"/>
         <v>Site 7 Name</v>
       </c>
       <c r="B54" s="94"/>
       <c r="C54" s="94"/>
       <c r="D54" s="94"/>
       <c r="E54" s="94"/>
       <c r="F54" s="94"/>
       <c r="G54" s="94"/>
       <c r="H54" s="94"/>
       <c r="I54" s="94"/>
       <c r="J54" s="94"/>
       <c r="K54" s="94"/>
       <c r="L54" s="94"/>
       <c r="M54" s="94"/>
       <c r="N54" s="50">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="55" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:14" ht="12.95" customHeight="1">
       <c r="A55" s="21" t="str">
         <f t="shared" si="6"/>
         <v>Site 8 Name</v>
       </c>
       <c r="B55" s="94"/>
       <c r="C55" s="94"/>
       <c r="D55" s="94"/>
       <c r="E55" s="94"/>
       <c r="F55" s="94"/>
       <c r="G55" s="94"/>
       <c r="H55" s="94"/>
       <c r="I55" s="94"/>
       <c r="J55" s="94"/>
       <c r="K55" s="94"/>
       <c r="L55" s="94"/>
       <c r="M55" s="94"/>
       <c r="N55" s="51">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="56" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="56" spans="1:14" ht="12.95" customHeight="1">
       <c r="A56" s="22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="B56" s="94"/>
       <c r="C56" s="94"/>
       <c r="D56" s="94"/>
       <c r="E56" s="94"/>
       <c r="F56" s="94"/>
       <c r="G56" s="94"/>
       <c r="H56" s="94"/>
       <c r="I56" s="94"/>
       <c r="J56" s="94"/>
       <c r="K56" s="94"/>
       <c r="L56" s="94"/>
       <c r="M56" s="94"/>
       <c r="N56" s="52">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="57" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:14" ht="12.95" customHeight="1">
       <c r="A57" s="92" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B57" s="93">
         <f>SUM(B48:B56)</f>
         <v>0</v>
       </c>
       <c r="C57" s="93">
         <f t="shared" ref="C57:M57" si="8">SUM(C48:C56)</f>
         <v>0</v>
       </c>
       <c r="D57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="E57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="F57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="G57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
@@ -23905,348 +23915,348 @@
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="I57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="J57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="K57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="L57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="M57" s="93">
         <f t="shared" si="8"/>
         <v>0</v>
       </c>
       <c r="N57" s="52"/>
     </row>
-    <row r="58" spans="1:14" ht="7" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:14" ht="6.95" customHeight="1">
       <c r="A58" s="23"/>
       <c r="B58" s="24"/>
       <c r="C58" s="24"/>
       <c r="D58" s="24"/>
       <c r="E58" s="24"/>
       <c r="F58" s="24"/>
       <c r="G58" s="24"/>
       <c r="H58" s="24"/>
       <c r="I58" s="24"/>
       <c r="J58" s="24"/>
       <c r="K58" s="24"/>
       <c r="L58" s="24"/>
       <c r="M58" s="24"/>
       <c r="N58" s="53"/>
     </row>
-    <row r="59" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:14" ht="12.95" customHeight="1">
       <c r="A59" s="59" t="s">
-        <v>4</v>
+        <v>78</v>
       </c>
       <c r="B59" s="62" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C59" s="3"/>
       <c r="D59" s="3"/>
       <c r="E59" s="3"/>
       <c r="F59" s="3"/>
       <c r="G59" s="3"/>
       <c r="H59" s="3"/>
       <c r="I59" s="3"/>
       <c r="J59" s="3"/>
       <c r="K59" s="3"/>
       <c r="L59" s="3"/>
       <c r="M59" s="3"/>
       <c r="N59" s="38"/>
     </row>
-    <row r="60" spans="1:14" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="60" spans="1:14" ht="12.95" customHeight="1" thickBot="1">
       <c r="A60" s="7" t="s">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="B60" s="1">
         <v>1</v>
       </c>
       <c r="C60" s="1">
         <v>2</v>
       </c>
       <c r="D60" s="1">
         <v>3</v>
       </c>
       <c r="E60" s="1">
         <v>4</v>
       </c>
       <c r="F60" s="1">
         <v>5</v>
       </c>
       <c r="G60" s="1">
         <v>6</v>
       </c>
       <c r="H60" s="1">
         <v>7</v>
       </c>
       <c r="I60" s="1">
         <v>8</v>
       </c>
       <c r="J60" s="1">
         <v>9</v>
       </c>
       <c r="K60" s="1">
         <v>10</v>
       </c>
       <c r="L60" s="1">
         <v>11</v>
       </c>
       <c r="M60" s="1">
         <v>12</v>
       </c>
       <c r="N60" s="42" t="s">
-        <v>7</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="61" spans="1:14" ht="12.95" customHeight="1">
       <c r="A61" s="8" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="B61" s="25"/>
       <c r="C61" s="25"/>
       <c r="D61" s="25"/>
       <c r="E61" s="25"/>
       <c r="F61" s="25"/>
       <c r="G61" s="25"/>
       <c r="H61" s="25"/>
       <c r="I61" s="25"/>
       <c r="J61" s="25"/>
       <c r="K61" s="25"/>
       <c r="L61" s="25"/>
       <c r="M61" s="25"/>
       <c r="N61" s="42"/>
     </row>
-    <row r="62" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:14" ht="12.95" customHeight="1">
       <c r="A62" s="16" t="str">
         <f t="shared" ref="A62:A69" si="9">A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="B62" s="94"/>
       <c r="C62" s="94"/>
       <c r="D62" s="94"/>
       <c r="E62" s="94"/>
       <c r="F62" s="94"/>
       <c r="G62" s="94"/>
       <c r="H62" s="94"/>
       <c r="I62" s="94"/>
       <c r="J62" s="94"/>
       <c r="K62" s="94"/>
       <c r="L62" s="94"/>
       <c r="M62" s="94"/>
       <c r="N62" s="44">
         <f>(SUM(B62:M62)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="63" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="63" spans="1:14" ht="12.95" customHeight="1">
       <c r="A63" s="15" t="str">
         <f t="shared" si="9"/>
         <v>Site 2 Name</v>
       </c>
       <c r="B63" s="94"/>
       <c r="C63" s="94"/>
       <c r="D63" s="94"/>
       <c r="E63" s="94"/>
       <c r="F63" s="94"/>
       <c r="G63" s="94"/>
       <c r="H63" s="94"/>
       <c r="I63" s="94"/>
       <c r="J63" s="94"/>
       <c r="K63" s="94"/>
       <c r="L63" s="94"/>
       <c r="M63" s="94"/>
       <c r="N63" s="45">
         <f>(SUM(B63:M63)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="64" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="64" spans="1:14" ht="12.95" customHeight="1">
       <c r="A64" s="14" t="str">
         <f t="shared" si="9"/>
         <v>Site 3 Name</v>
       </c>
       <c r="B64" s="94"/>
       <c r="C64" s="94"/>
       <c r="D64" s="94"/>
       <c r="E64" s="94"/>
       <c r="F64" s="94"/>
       <c r="G64" s="94"/>
       <c r="H64" s="94"/>
       <c r="I64" s="94"/>
       <c r="J64" s="94"/>
       <c r="K64" s="94"/>
       <c r="L64" s="94"/>
       <c r="M64" s="94"/>
       <c r="N64" s="46">
         <f t="shared" ref="N64:N70" si="10">(SUM(B64:M64)/12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="65" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="65" spans="1:14" ht="12.95" customHeight="1">
       <c r="A65" s="17" t="str">
         <f t="shared" si="9"/>
         <v>Site 4 Name</v>
       </c>
       <c r="B65" s="94"/>
       <c r="C65" s="94"/>
       <c r="D65" s="94"/>
       <c r="E65" s="94"/>
       <c r="F65" s="94"/>
       <c r="G65" s="94"/>
       <c r="H65" s="94"/>
       <c r="I65" s="94"/>
       <c r="J65" s="94"/>
       <c r="K65" s="94"/>
       <c r="L65" s="94"/>
       <c r="M65" s="94"/>
       <c r="N65" s="47">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="66" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:14" ht="12.95" customHeight="1">
       <c r="A66" s="18" t="str">
         <f t="shared" si="9"/>
         <v>Site 5 Name</v>
       </c>
       <c r="B66" s="94"/>
       <c r="C66" s="94"/>
       <c r="D66" s="94"/>
       <c r="E66" s="94"/>
       <c r="F66" s="94"/>
       <c r="G66" s="94"/>
       <c r="H66" s="94"/>
       <c r="I66" s="94"/>
       <c r="J66" s="94"/>
       <c r="K66" s="94"/>
       <c r="L66" s="94"/>
       <c r="M66" s="94"/>
       <c r="N66" s="48">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="67" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="67" spans="1:14" ht="12.95" customHeight="1">
       <c r="A67" s="19" t="str">
         <f t="shared" si="9"/>
         <v>Site 6 Name</v>
       </c>
       <c r="B67" s="94"/>
       <c r="C67" s="94"/>
       <c r="D67" s="94"/>
       <c r="E67" s="94"/>
       <c r="F67" s="94"/>
       <c r="G67" s="94"/>
       <c r="H67" s="94"/>
       <c r="I67" s="94"/>
       <c r="J67" s="94"/>
       <c r="K67" s="94"/>
       <c r="L67" s="94"/>
       <c r="M67" s="94"/>
       <c r="N67" s="49">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="68" spans="1:14" s="55" customFormat="1" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:14" s="55" customFormat="1" ht="12.95" customHeight="1">
       <c r="A68" s="20" t="str">
         <f t="shared" si="9"/>
         <v>Site 7 Name</v>
       </c>
       <c r="B68" s="94"/>
       <c r="C68" s="94"/>
       <c r="D68" s="94"/>
       <c r="E68" s="94"/>
       <c r="F68" s="94"/>
       <c r="G68" s="94"/>
       <c r="H68" s="94"/>
       <c r="I68" s="94"/>
       <c r="J68" s="94"/>
       <c r="K68" s="94"/>
       <c r="L68" s="94"/>
       <c r="M68" s="94"/>
       <c r="N68" s="50">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="69" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="69" spans="1:14" ht="12.95" customHeight="1">
       <c r="A69" s="21" t="str">
         <f t="shared" si="9"/>
         <v>Site 8 Name</v>
       </c>
       <c r="B69" s="94"/>
       <c r="C69" s="94"/>
       <c r="D69" s="94"/>
       <c r="E69" s="94"/>
       <c r="F69" s="94"/>
       <c r="G69" s="94"/>
       <c r="H69" s="94"/>
       <c r="I69" s="94"/>
       <c r="J69" s="94"/>
       <c r="K69" s="94"/>
       <c r="L69" s="94"/>
       <c r="M69" s="94"/>
       <c r="N69" s="51">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="70" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="70" spans="1:14" ht="12.95" customHeight="1">
       <c r="A70" s="22" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="B70" s="94"/>
       <c r="C70" s="94"/>
       <c r="D70" s="94"/>
       <c r="E70" s="94"/>
       <c r="F70" s="94"/>
       <c r="G70" s="94"/>
       <c r="H70" s="94"/>
       <c r="I70" s="94"/>
       <c r="J70" s="94"/>
       <c r="K70" s="94"/>
       <c r="L70" s="94"/>
       <c r="M70" s="94"/>
       <c r="N70" s="52">
         <f t="shared" si="10"/>
         <v>0</v>
       </c>
     </row>
-    <row r="71" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:14" ht="12.95" customHeight="1">
       <c r="A71" s="92" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="B71" s="93">
         <f>SUM(B62:B70)</f>
         <v>0</v>
       </c>
       <c r="C71" s="93">
         <f t="shared" ref="C71:M71" si="11">SUM(C62:C70)</f>
         <v>0</v>
       </c>
       <c r="D71" s="93">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="E71" s="93">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="F71" s="93">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="G71" s="93">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
@@ -24254,510 +24264,510 @@
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="I71" s="93">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="J71" s="93">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="K71" s="93">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="L71" s="93">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="M71" s="93">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="N71" s="52"/>
     </row>
-    <row r="72" spans="1:14" ht="7" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="72" spans="1:14" ht="6.95" customHeight="1" thickBot="1">
       <c r="A72" s="9"/>
       <c r="B72" s="12"/>
       <c r="C72" s="3"/>
       <c r="D72" s="3"/>
       <c r="E72" s="3"/>
       <c r="F72" s="3"/>
       <c r="G72" s="3"/>
       <c r="H72" s="3"/>
       <c r="I72" s="3"/>
       <c r="J72" s="3"/>
       <c r="K72" s="3"/>
       <c r="L72" s="3"/>
       <c r="M72" s="3"/>
     </row>
-    <row r="73" spans="1:14" ht="26.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="73" spans="1:14" ht="26.45" customHeight="1" thickBot="1">
       <c r="A73" s="87" t="s">
-        <v>90</v>
+        <v>60</v>
       </c>
       <c r="B73" s="64" t="str">
         <f>A8</f>
         <v>Site 1 Name</v>
       </c>
       <c r="C73" s="65" t="str">
         <f>A9</f>
         <v>Site 2 Name</v>
       </c>
       <c r="D73" s="66" t="str">
         <f>A10</f>
         <v>Site 3 Name</v>
       </c>
       <c r="E73" s="67" t="str">
         <f>A11</f>
         <v>Site 4 Name</v>
       </c>
       <c r="F73" s="68" t="str">
         <f>A12</f>
         <v>Site 5 Name</v>
       </c>
       <c r="G73" s="69" t="str">
         <f>A13</f>
         <v>Site 6 Name</v>
       </c>
       <c r="H73" s="70" t="str">
         <f>A14</f>
         <v>Site 7 Name</v>
       </c>
       <c r="I73" s="71" t="str">
         <f>A15</f>
         <v>Site 8 Name</v>
       </c>
       <c r="J73" s="72" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
       <c r="M73" s="3"/>
     </row>
-    <row r="74" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="74" spans="1:14" ht="12.95" customHeight="1">
       <c r="A74" s="10" t="s">
-        <v>8</v>
+        <v>62</v>
       </c>
       <c r="B74" s="76">
         <f>N20</f>
         <v>0</v>
       </c>
       <c r="C74" s="76">
         <f>N21</f>
         <v>0</v>
       </c>
       <c r="D74" s="76">
         <f>N22</f>
         <v>0</v>
       </c>
       <c r="E74" s="76">
         <f>N23</f>
         <v>0</v>
       </c>
       <c r="F74" s="76">
         <f>N24</f>
         <v>0</v>
       </c>
       <c r="G74" s="76">
         <f>N25</f>
         <v>0</v>
       </c>
       <c r="H74" s="76">
         <f>N26</f>
         <v>0</v>
       </c>
       <c r="I74" s="76">
         <f>N27</f>
         <v>0</v>
       </c>
       <c r="J74" s="77">
         <f>N28</f>
         <v>0</v>
       </c>
       <c r="K74" s="3"/>
       <c r="L74" s="3"/>
       <c r="M74" s="3"/>
     </row>
-    <row r="75" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="75" spans="1:14" ht="12.95" customHeight="1">
       <c r="A75" s="11" t="s">
-        <v>9</v>
+        <v>70</v>
       </c>
       <c r="B75" s="4">
         <f>N34</f>
         <v>0</v>
       </c>
       <c r="C75" s="4">
         <f>N35</f>
         <v>0</v>
       </c>
       <c r="D75" s="4">
         <f>N36</f>
         <v>0</v>
       </c>
       <c r="E75" s="4">
         <f>N37</f>
         <v>0</v>
       </c>
       <c r="F75" s="4">
         <f>N38</f>
         <v>0</v>
       </c>
       <c r="G75" s="4">
         <f>N39</f>
         <v>0</v>
       </c>
       <c r="H75" s="4">
         <f>N40</f>
         <v>0</v>
       </c>
       <c r="I75" s="4">
         <f>N41</f>
         <v>0</v>
       </c>
       <c r="J75" s="13">
         <f>N42</f>
         <v>0</v>
       </c>
       <c r="K75" s="3"/>
       <c r="L75" s="3"/>
       <c r="M75" s="3"/>
     </row>
-    <row r="76" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="76" spans="1:14" ht="12.95" customHeight="1">
       <c r="A76" s="11" t="s">
-        <v>10</v>
+        <v>74</v>
       </c>
       <c r="B76" s="4">
         <f>N48</f>
         <v>0</v>
       </c>
       <c r="C76" s="4">
         <f>N49</f>
         <v>0</v>
       </c>
       <c r="D76" s="4">
         <f>N50</f>
         <v>0</v>
       </c>
       <c r="E76" s="4">
         <f>N51</f>
         <v>0</v>
       </c>
       <c r="F76" s="4">
         <f>N52</f>
         <v>0</v>
       </c>
       <c r="G76" s="4">
         <f>N53</f>
         <v>0</v>
       </c>
       <c r="H76" s="4">
         <f>N54</f>
         <v>0</v>
       </c>
       <c r="I76" s="4">
         <f>N55</f>
         <v>0</v>
       </c>
       <c r="J76" s="13">
         <f>N56</f>
         <v>0</v>
       </c>
       <c r="K76" s="3"/>
       <c r="L76" s="3"/>
       <c r="M76" s="3"/>
     </row>
-    <row r="77" spans="1:14" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="77" spans="1:14" ht="12.95" customHeight="1" thickBot="1">
       <c r="A77" s="11" t="s">
-        <v>11</v>
+        <v>79</v>
       </c>
       <c r="B77" s="4">
         <f>N62</f>
         <v>0</v>
       </c>
       <c r="C77" s="4">
         <f>N63</f>
         <v>0</v>
       </c>
       <c r="D77" s="4">
         <f>N64</f>
         <v>0</v>
       </c>
       <c r="E77" s="4">
         <f>N65</f>
         <v>0</v>
       </c>
       <c r="F77" s="4">
         <f>N66</f>
         <v>0</v>
       </c>
       <c r="G77" s="4">
         <f>N67</f>
         <v>0</v>
       </c>
       <c r="H77" s="4">
         <f>N68</f>
         <v>0</v>
       </c>
       <c r="I77" s="4">
         <f>N69</f>
         <v>0</v>
       </c>
       <c r="J77" s="13">
         <f>N70</f>
         <v>0</v>
       </c>
       <c r="K77" s="3"/>
       <c r="L77" s="179" t="s">
-        <v>31</v>
+        <v>75</v>
       </c>
       <c r="M77" s="179"/>
     </row>
-    <row r="78" spans="1:14" ht="13" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="78" spans="1:14" ht="12.95" customHeight="1" thickBot="1">
       <c r="A78" s="73" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
       <c r="B78" s="74">
         <f t="shared" ref="B78:J78" si="12">(SUM(B74:B77)/(COUNTA(B74:B77)))</f>
         <v>0</v>
       </c>
       <c r="C78" s="74">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="D78" s="74">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="E78" s="74">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="F78" s="74">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="G78" s="74">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="H78" s="74">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="I78" s="74">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="J78" s="75">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
       <c r="K78" s="56">
         <f>SUM(B78:J78)</f>
         <v>0</v>
       </c>
       <c r="L78" s="179"/>
       <c r="M78" s="179"/>
     </row>
-    <row r="79" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="79" spans="1:14" ht="12.95" customHeight="1">
       <c r="A79" s="60" t="s">
-        <v>33</v>
+        <v>64</v>
       </c>
       <c r="B79" s="3"/>
       <c r="C79" s="3"/>
       <c r="D79" s="3"/>
       <c r="E79" s="3"/>
       <c r="F79" s="3"/>
       <c r="H79" s="3"/>
       <c r="I79" s="3"/>
       <c r="J79" s="3"/>
       <c r="K79" s="5"/>
       <c r="L79" s="3"/>
       <c r="M79" s="3"/>
     </row>
-    <row r="80" spans="1:14" ht="13" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="80" spans="1:14" ht="12.95" customHeight="1">
       <c r="A80" s="2"/>
       <c r="B80" s="3"/>
       <c r="C80" s="3"/>
       <c r="D80" s="3"/>
       <c r="E80" s="3"/>
       <c r="F80" s="3"/>
       <c r="G80" s="3"/>
       <c r="H80" s="3"/>
       <c r="I80" s="3"/>
       <c r="J80" s="3"/>
       <c r="K80" s="3"/>
       <c r="L80" s="3"/>
       <c r="M80" s="3"/>
     </row>
-    <row r="81" spans="1:14" ht="14.6" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="81" spans="1:14" ht="14.45" thickBot="1">
       <c r="A81" s="116" t="s">
-        <v>6</v>
+        <v>65</v>
       </c>
       <c r="B81" s="3"/>
       <c r="C81" s="3"/>
       <c r="D81" s="3"/>
       <c r="E81" s="3"/>
       <c r="F81" s="3"/>
       <c r="G81" s="3"/>
       <c r="H81" s="3"/>
       <c r="I81" s="3"/>
       <c r="J81" s="3"/>
       <c r="K81" s="3"/>
       <c r="L81" s="3"/>
       <c r="M81" s="3"/>
     </row>
-    <row r="82" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="82" spans="1:14">
       <c r="A82" s="81"/>
       <c r="B82" s="82"/>
       <c r="C82" s="82"/>
       <c r="D82" s="82"/>
       <c r="E82" s="82"/>
       <c r="F82" s="82"/>
       <c r="G82" s="82"/>
       <c r="H82" s="82"/>
       <c r="I82" s="82"/>
       <c r="J82" s="82"/>
       <c r="K82" s="82"/>
       <c r="L82" s="82"/>
       <c r="M82" s="82"/>
       <c r="N82" s="88"/>
     </row>
-    <row r="83" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="83" spans="1:14">
       <c r="A83" s="83"/>
       <c r="B83" s="57"/>
       <c r="C83" s="57"/>
       <c r="D83" s="57"/>
       <c r="E83" s="57"/>
       <c r="F83" s="57"/>
       <c r="G83" s="57"/>
       <c r="H83" s="57"/>
       <c r="I83" s="57"/>
       <c r="J83" s="57"/>
       <c r="K83" s="57"/>
       <c r="L83" s="57"/>
       <c r="M83" s="57"/>
       <c r="N83" s="89"/>
     </row>
-    <row r="84" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="84" spans="1:14">
       <c r="A84" s="84"/>
       <c r="B84" s="58"/>
       <c r="C84" s="58"/>
       <c r="D84" s="58"/>
       <c r="E84" s="58"/>
       <c r="F84" s="58"/>
       <c r="G84" s="58"/>
       <c r="H84" s="58"/>
       <c r="I84" s="58"/>
       <c r="J84" s="58"/>
       <c r="K84" s="58"/>
       <c r="L84" s="58"/>
       <c r="M84" s="58"/>
       <c r="N84" s="89"/>
     </row>
-    <row r="85" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="85" spans="1:14">
       <c r="A85" s="83"/>
       <c r="B85" s="57"/>
       <c r="C85" s="57"/>
       <c r="D85" s="57"/>
       <c r="E85" s="57"/>
       <c r="F85" s="57"/>
       <c r="G85" s="57"/>
       <c r="H85" s="57"/>
       <c r="I85" s="57"/>
       <c r="J85" s="57"/>
       <c r="K85" s="57"/>
       <c r="L85" s="57"/>
       <c r="M85" s="57"/>
       <c r="N85" s="89"/>
     </row>
-    <row r="86" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="86" spans="1:14">
       <c r="A86" s="83"/>
       <c r="B86" s="57"/>
       <c r="C86" s="57"/>
       <c r="D86" s="57"/>
       <c r="E86" s="57"/>
       <c r="F86" s="57"/>
       <c r="G86" s="57"/>
       <c r="H86" s="57"/>
       <c r="I86" s="57"/>
       <c r="J86" s="57"/>
       <c r="K86" s="57"/>
       <c r="L86" s="57"/>
       <c r="M86" s="57"/>
       <c r="N86" s="89"/>
     </row>
-    <row r="87" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="87" spans="1:14">
       <c r="A87" s="83"/>
       <c r="B87" s="57"/>
       <c r="C87" s="57"/>
       <c r="D87" s="57"/>
       <c r="E87" s="57"/>
       <c r="F87" s="57"/>
       <c r="G87" s="57"/>
       <c r="H87" s="57"/>
       <c r="I87" s="57"/>
       <c r="J87" s="57"/>
       <c r="K87" s="57"/>
       <c r="L87" s="57"/>
       <c r="M87" s="57"/>
       <c r="N87" s="89"/>
     </row>
-    <row r="88" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="88" spans="1:14">
       <c r="A88" s="83"/>
       <c r="B88" s="57"/>
       <c r="C88" s="57"/>
       <c r="D88" s="57"/>
       <c r="E88" s="57"/>
       <c r="F88" s="57"/>
       <c r="G88" s="57"/>
       <c r="H88" s="57"/>
       <c r="I88" s="57"/>
       <c r="J88" s="57"/>
       <c r="K88" s="57"/>
       <c r="L88" s="57"/>
       <c r="M88" s="57"/>
       <c r="N88" s="89"/>
     </row>
-    <row r="89" spans="1:14" x14ac:dyDescent="0.35">
+    <row r="89" spans="1:14">
       <c r="A89" s="83"/>
       <c r="B89" s="57"/>
       <c r="C89" s="57"/>
       <c r="D89" s="57"/>
       <c r="E89" s="57"/>
       <c r="F89" s="57"/>
       <c r="G89" s="57"/>
       <c r="H89" s="57"/>
       <c r="I89" s="57"/>
       <c r="J89" s="57"/>
       <c r="K89" s="57"/>
       <c r="L89" s="57"/>
       <c r="M89" s="57"/>
       <c r="N89" s="89"/>
     </row>
-    <row r="90" spans="1:14" ht="14.6" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="90" spans="1:14" ht="14.45" thickBot="1">
       <c r="A90" s="85"/>
       <c r="B90" s="86"/>
       <c r="C90" s="86"/>
       <c r="D90" s="86"/>
       <c r="E90" s="86"/>
       <c r="F90" s="86"/>
       <c r="G90" s="86"/>
       <c r="H90" s="86"/>
       <c r="I90" s="86"/>
       <c r="J90" s="86"/>
       <c r="K90" s="86"/>
       <c r="L90" s="86"/>
       <c r="M90" s="86"/>
       <c r="N90" s="90"/>
     </row>
   </sheetData>
   <mergeCells count="50">
     <mergeCell ref="L13:N13"/>
     <mergeCell ref="L14:N14"/>
     <mergeCell ref="L15:N15"/>
     <mergeCell ref="L8:N8"/>
     <mergeCell ref="L9:N9"/>
     <mergeCell ref="L10:N10"/>
     <mergeCell ref="L11:N11"/>
     <mergeCell ref="L12:N12"/>
@@ -24849,83 +24859,74 @@
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="A2:N2" location="Instructions!A1" display="Follow the ACGME Rural Track Program Block Diagram Instructions to complete this template. " xr:uid="{8D1C6C74-1A13-4E98-8E98-0B29A0063E99}"/>
   </hyperlinks>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.25" header="0.3" footer="0.3"/>
   <pageSetup scale="85" orientation="landscape" verticalDpi="1200" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="44" max="13" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="29bdfd31-9340-4b18-b012-f03df5f7bb0b" xmlns:ns3="5c974c61-0af8-40ae-a5d5-07a01eee1853" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e8eacc7b1d3d0d35edb935477d3f9c31" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010033D0AD3BC05BAC4C9EA9D141A9849D37" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="352193fcd7c2afb459a4cd18d430ef69">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="29bdfd31-9340-4b18-b012-f03df5f7bb0b" xmlns:ns3="5c974c61-0af8-40ae-a5d5-07a01eee1853" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c2a743bc2288c5e0512f16b4f4c71071" ns2:_="" ns3:_="">
     <xsd:import namespace="29bdfd31-9340-4b18-b012-f03df5f7bb0b"/>
     <xsd:import namespace="5c974c61-0af8-40ae-a5d5-07a01eee1853"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="29bdfd31-9340-4b18-b012-f03df5f7bb0b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -24937,50 +24938,60 @@
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="306b6d93-03f4-49d5-9e6a-9cbccfa9c2f5" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="18" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="19" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="21" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5c974c61-0af8-40ae-a5d5-07a01eee1853" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
@@ -25082,151 +25093,99 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="5c974c61-0af8-40ae-a5d5-07a01eee1853" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="29bdfd31-9340-4b18-b012-f03df5f7bb0b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2D56B3F7-CB43-4929-B54E-850CC1A501A7}">
-[...8 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7CE28DAC-9CBF-4130-8881-2BD8CC14EAB2}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD9B252F-1FF4-43EA-BDD0-5A8646C58F3F}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AE53B8D9-34F6-457B-AA68-441D44992263}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AE53B8D9-34F6-457B-AA68-441D44992263}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2D56B3F7-CB43-4929-B54E-850CC1A501A7}"/>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{addfdbf5-9cee-4578-9e62-c50909543287}" enabled="0" method="" siteId="{addfdbf5-9cee-4578-9e62-c50909543287}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...45 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
+  <Manager/>
   <Company/>
-  <LinksUpToDate>false</LinksUpToDate>
-[...1 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Laney McDougal</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy/>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010033D0AD3BC05BAC4C9EA9D141A9849D37</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>